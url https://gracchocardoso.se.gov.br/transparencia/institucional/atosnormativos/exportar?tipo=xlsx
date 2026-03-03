--- v0 (2025-11-02)
+++ v1 (2026-03-03)
@@ -12,115 +12,1105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1995">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2315">
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>categoria_nome</t>
   </si>
   <si>
     <t>titulo</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>numero</t>
   </si>
   <si>
     <t>texto</t>
   </si>
   <si>
     <t>aprovada</t>
   </si>
   <si>
     <t>publicacao</t>
   </si>
   <si>
     <t>arquivo_nome</t>
   </si>
   <si>
     <t>arquivo_categoria_nome</t>
   </si>
   <si>
     <t>arquivo_download</t>
   </si>
   <si>
     <t>arquivo_sha1</t>
   </si>
   <si>
     <t>arquivo_md5</t>
   </si>
   <si>
+    <t>275f21fb-2606-47b2-af3f-bca79efdaded</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ATUALIZAÇÃO DOS VENCIMENTOS BÁSICOS DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL QUE RECEBEM ABAIXO DO SALÁRIO MÍNIMO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-atualizacao-dos-vencimentos-basicos-dos-servidores-do-poder-legislativo-municipal-que-recebem-abaixo-do-salario-minimo-nacional-e-da-outras-providencias/275f21fb-2606-47b2-af3f-bca79efdaded</t>
+  </si>
+  <si>
+    <t>367/2026</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>7eb210ea-b881-4293-a8f7-5350e90a4990</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JOSÉ EWERTON DOS SANTOS LIMA.  </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-jose-ewerton-dos-santos-lima/7eb210ea-b881-4293-a8f7-5350e90a4990</t>
+  </si>
+  <si>
+    <t>55/2026</t>
+  </si>
+  <si>
+    <t>1b58f716-085e-4762-94d1-092a7a3f8262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) MARIA CLARA DOS SANTOS MORAES.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-maria-clara-dos-santos-moraes/1b58f716-085e-4762-94d1-092a7a3f8262</t>
+  </si>
+  <si>
+    <t>54/2026</t>
+  </si>
+  <si>
+    <t>2a70ec4e-30f0-48f3-b21c-f17d41be6139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) TAMARA CRISTINA VELOZO SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-tamara-cristina-velozo-santos/2a70ec4e-30f0-48f3-b21c-f17d41be6139</t>
+  </si>
+  <si>
+    <t>53/2026</t>
+  </si>
+  <si>
+    <t>7b0edb15-18cb-4d37-9034-bb05a11c029f</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ATUALIZAÇÃO DO VENCIMENTO BASE DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE GRACCHO CARDOSO/SE AO PISO SALARIAL NACIONAL DO MAGISTÉRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-atualizacao-do-vencimento-base-do-magisterio-publico-do-municipio-de-graccho-cardoso-se-ao-piso-salarial-nacional-do-magisterio-e-da-outras-providencias/7b0edb15-18cb-4d37-9034-bb05a11c029f</t>
+  </si>
+  <si>
+    <t>366/2026</t>
+  </si>
+  <si>
+    <t>95822fb2-b3f0-4dee-9f65-2850bb83e620</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE REAJUSTE AOS VENCIMENTOS BÁSICOS PARA OS CARGOS EFETIVOS DE MOTORISTA, ELETRICISTA E OPERADOR DE MÁQUINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-reajuste-aos-vencimentos-basicos-para-os-cargos-efetivos-de-motorista-eletricista-e-operador-de-maquina-e-da-outras-providencias/95822fb2-b3f0-4dee-9f65-2850bb83e620</t>
+  </si>
+  <si>
+    <t>365/2026</t>
+  </si>
+  <si>
+    <t>cd4eaad2-3b90-4859-8643-5e8be031d1a7</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DO QUANTITATIVO DE CARGOS COMISSIONADOS NO ÂMBITO DO MUNICÍPIO DE GRACCHO CARDOSO/SE  E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-alteracao-do-quantitativo-de-cargos-comissionados-no-ambito-do-municipio-de-graccho-cardoso-se-e-da-outras-providencias-correlatas/cd4eaad2-3b90-4859-8643-5e8be031d1a7</t>
+  </si>
+  <si>
+    <t>364/2026</t>
+  </si>
+  <si>
+    <t>e393bf76-041d-4a9d-9114-ff4cac2bb2dc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSOR DE GABINETE CCE-05, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JOÃO BATISTA MOTA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-de-gabinete-cce-05-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-joao-batista-mota/e393bf76-041d-4a9d-9114-ff4cac2bb2dc</t>
+  </si>
+  <si>
+    <t>052/2026</t>
+  </si>
+  <si>
+    <t>5114fef1-4c27-4321-8a50-5c96ac728b39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA DE GABINETE CCE-05, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) PRISCILA DE SÁ SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-de-gabinete-cce-05-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-priscila-de-sa-santos/5114fef1-4c27-4321-8a50-5c96ac728b39</t>
+  </si>
+  <si>
+    <t>051/2026</t>
+  </si>
+  <si>
+    <t>f292479d-b930-48a0-8f49-6ce9ede7fce0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JOSÉ ROBSON DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-jose-robson-dos-santos/f292479d-b930-48a0-8f49-6ce9ede7fce0</t>
+  </si>
+  <si>
+    <t>050/2026</t>
+  </si>
+  <si>
+    <t>d9a6afd3-6c23-43e7-81c2-ee72d66363be</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) FERNANDO DOS SANTOS RODRIGUES.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-fernando-dos-santos-rodrigues/d9a6afd3-6c23-43e7-81c2-ee72d66363be</t>
+  </si>
+  <si>
+    <t>048/2026</t>
+  </si>
+  <si>
+    <t>8de4a0db-09cb-46da-84f7-0f7630e94a02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JOÃO MANOEL FERREIRA DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-joao-manoel-ferreira-dos-santos/8de4a0db-09cb-46da-84f7-0f7630e94a02</t>
+  </si>
+  <si>
+    <t>049/2026</t>
+  </si>
+  <si>
+    <t>00ee08f1-794c-4496-89ce-300972696a5d</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) GARDÊNIA ALFREDO DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-gardenia-alfredo-dos-santos/00ee08f1-794c-4496-89ce-300972696a5d</t>
+  </si>
+  <si>
+    <t>047/2026</t>
+  </si>
+  <si>
+    <t>5bee1692-6335-4fff-8821-7fe690d44928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE DIRETOR DE DEPARTAMENTO FINANCEIRO CSS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) ALVARO RAIKONEN SILVA ARAGÃO.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-diretor-de-departamento-financeiro-css-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-alvaro-raikonen-silva-aragao/5bee1692-6335-4fff-8821-7fe690d44928</t>
+  </si>
+  <si>
+    <t>046/2026</t>
+  </si>
+  <si>
+    <t>aa522f19-53b0-4d16-a1ed-a109435f0d72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE DIRETORA DE DEPARTAMENTO DE RECURSOS HUMANOS CSS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) IVANEIDE ALVES GUIMARÃES MATOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-diretora-de-departamento-de-recursos-humanos-css-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-ivaneide-alves-guimaraes-matos/aa522f19-53b0-4d16-a1ed-a109435f0d72</t>
+  </si>
+  <si>
+    <t>045/2026</t>
+  </si>
+  <si>
+    <t>76e286af-dc0e-4af9-974f-25b8ae80b481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-II CCE-03, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) MARIANA EUNICE LIMA SANTANA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-ii-cce-03-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-mariana-eunice-lima-santana/76e286af-dc0e-4af9-974f-25b8ae80b481</t>
+  </si>
+  <si>
+    <t>044/2026</t>
+  </si>
+  <si>
+    <t>0ae69960-9482-4f32-b4dc-692acc9ae707</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) VICTOR MANOEL DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-victor-manoel-dos-santos/0ae69960-9482-4f32-b4dc-692acc9ae707</t>
+  </si>
+  <si>
+    <t>043/2026</t>
+  </si>
+  <si>
+    <t>bf1c0186-ee26-4d04-96d4-8cf5ed7dba84</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) BERNADO DOS SANTOS SOBRINHO.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-bernado-dos-santos-sobrinho/bf1c0186-ee26-4d04-96d4-8cf5ed7dba84</t>
+  </si>
+  <si>
+    <t>042/2026</t>
+  </si>
+  <si>
+    <t>f827ca70-5c9a-4310-b698-68dec704c237</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JONAS JOAQUIM LIMA SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-jonas-joaquim-lima-santos/f827ca70-5c9a-4310-b698-68dec704c237</t>
+  </si>
+  <si>
+    <t>041/2026</t>
+  </si>
+  <si>
+    <t>1c9dc4ab-c559-42bd-b0d9-0fef2609fe57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) ELIAS VIEIRA DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-elias-vieira-dos-santos/1c9dc4ab-c559-42bd-b0d9-0fef2609fe57</t>
+  </si>
+  <si>
+    <t>040/2026</t>
+  </si>
+  <si>
+    <t>ca2b23ae-4e01-45a8-830f-6809559eec7d</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JOSÉ AILTON SILVA JUNIOR.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-jose-ailton-silva-junior/ca2b23ae-4e01-45a8-830f-6809559eec7d</t>
+  </si>
+  <si>
+    <t>039/2026</t>
+  </si>
+  <si>
+    <t>af519a2e-b2f1-4b93-8ad5-bafcc40b54ef</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) WENDEL RUAN DOREA SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-wendel-ruan-dorea-santos/af519a2e-b2f1-4b93-8ad5-bafcc40b54ef</t>
+  </si>
+  <si>
+    <t>038/2026</t>
+  </si>
+  <si>
+    <t>1e31a180-1455-47b6-a2a4-671de2dbb58d</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) LARA APARECIDA GARCIA SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-lara-aparecida-garcia-santos/1e31a180-1455-47b6-a2a4-671de2dbb58d</t>
+  </si>
+  <si>
+    <t>037/2026</t>
+  </si>
+  <si>
+    <t>12f71537-b556-49c3-88f2-3e3c4ab00fcb</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) MARIA GILVÂNIA FERREIRA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-maria-gilvania-ferreira/12f71537-b556-49c3-88f2-3e3c4ab00fcb</t>
+  </si>
+  <si>
+    <t>036/2026</t>
+  </si>
+  <si>
+    <t>357a430e-2649-4e71-89a4-a1772de3f266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) MARIA VITÓRIA SOARES ARAGÃO.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-maria-vitoria-soares-aragao/357a430e-2649-4e71-89a4-a1772de3f266</t>
+  </si>
+  <si>
+    <t>035/2026</t>
+  </si>
+  <si>
+    <t>02bba639-6256-4c6f-b299-10dad5bc0fbc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) EVERTON ALVES DE FARIAS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-everton-alves-de-farias/02bba639-6256-4c6f-b299-10dad5bc0fbc</t>
+  </si>
+  <si>
+    <t>034/2026</t>
+  </si>
+  <si>
+    <t>83275048-6199-4ce3-805e-a15fba4e776f</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) ADRIANO EVANGELISTA DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-adriano-evangelista-dos-santos/83275048-6199-4ce3-805e-a15fba4e776f</t>
+  </si>
+  <si>
+    <t>033/2026</t>
+  </si>
+  <si>
+    <t>c5160fbc-7eec-44e6-8eef-cd72b9fcdf3c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) JOSÉ RAIMUNDO DE SOUZA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-jose-raimundo-de-souza/c5160fbc-7eec-44e6-8eef-cd72b9fcdf3c</t>
+  </si>
+  <si>
+    <t>032/2026</t>
+  </si>
+  <si>
+    <t>29372458-49cf-43ce-afc6-f8e9f68c88df</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) RONALD LISBOA NASCIMENTO DE ANDRADE.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-ronald-lisboa-nascimento-de-andrade/29372458-49cf-43ce-afc6-f8e9f68c88df</t>
+  </si>
+  <si>
+    <t>031/2026</t>
+  </si>
+  <si>
+    <t>b31a4dfe-d63d-4356-955e-d236a1b4d33a</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) ANA CRISTINA NASCIMENTO DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-ana-cristina-nascimento-dos-santos/b31a4dfe-d63d-4356-955e-d236a1b4d33a</t>
+  </si>
+  <si>
+    <t>030/2026</t>
+  </si>
+  <si>
+    <t>ec35cb64-4b5e-4f59-a627-8c46942ef859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) CLESIANE SANTOS OLIVEIRA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-clesiane-santos-oliveira/ec35cb64-4b5e-4f59-a627-8c46942ef859</t>
+  </si>
+  <si>
+    <t>029/2026</t>
+  </si>
+  <si>
+    <t>e10db42d-d613-4d76-a816-f030c67b9e54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE CHEFE DE SEÇÃO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) MÔNICA ARAGÃO SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-secao-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-monica-aragao-santos/e10db42d-d613-4d76-a816-f030c67b9e54</t>
+  </si>
+  <si>
+    <t>028/2026</t>
+  </si>
+  <si>
+    <t>65eb98f2-5f08-47e3-be13-59f6d1bb84c5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE DIRETORA DE DEPARTAMENTO CCS-01, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) VIVIAN STEFANY MARQUES DE SOUZA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-diretora-de-departamento-ccs-01-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-vivian-stefany-marques-de-souza/65eb98f2-5f08-47e3-be13-59f6d1bb84c5</t>
+  </si>
+  <si>
+    <t>027/2026</t>
+  </si>
+  <si>
+    <t>587e8175-be0b-4ce3-a44e-a41630e8459e</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-II CCE-04, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) RAYANE MORAIS ARAGÃO.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-ii-cce-04-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-rayane-morais-aragao/587e8175-be0b-4ce3-a44e-a41630e8459e</t>
+  </si>
+  <si>
+    <t>026/2026</t>
+  </si>
+  <si>
+    <t>81109ceb-8dad-4b1d-8aff-ddf6ab865414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-II CCE-04, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) IZADORA VIEIRA RODRIGUES SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-ii-cce-04-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-izadora-vieira-rodrigues-santos/81109ceb-8dad-4b1d-8aff-ddf6ab865414</t>
+  </si>
+  <si>
+    <t>025/2026</t>
+  </si>
+  <si>
+    <t>d0ed6ed2-b75c-4268-9c06-f5b4375631cf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL-II CCE-04, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) CARLOS ALEXANDRE GOMES DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-ii-cce-04-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-carlos-alexandre-gomes-dos-santos/d0ed6ed2-b75c-4268-9c06-f5b4375631cf</t>
+  </si>
+  <si>
+    <t>024/2026</t>
+  </si>
+  <si>
+    <t>87af5e01-6d5c-4201-b5ed-52090189fc9d</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL-I CCE-03, DO MUNICIPIO DE GRACCHO CARDOSO, DE ESTADO DE SERGIPE, OLA) SENHORIA) MATIAS ROCHA SANTOS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-i-cce-03-do-municipio-de-graccho-cardoso-de-estado-de-sergipe-ola-senhoria-matias-rocha-santos/87af5e01-6d5c-4201-b5ed-52090189fc9d</t>
+  </si>
+  <si>
+    <t>023/2026</t>
+  </si>
+  <si>
+    <t>da9249c9-68c7-4f80-ae6a-e2e2ab1c7fda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL-I CCE-03, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) CLODOALDO DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-i-cce-03-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-clodoaldo-dos-santos/da9249c9-68c7-4f80-ae6a-e2e2ab1c7fda</t>
+  </si>
+  <si>
+    <t>022/2026</t>
+  </si>
+  <si>
+    <t>ba132056-34a5-4a82-b6c3-648f141b717a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-I CCE-03, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) MARIA IZAILDE DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-i-cce-03-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-maria-izailde-dos-santos/ba132056-34a5-4a82-b6c3-648f141b717a</t>
+  </si>
+  <si>
+    <t>021/2026</t>
+  </si>
+  <si>
+    <t>08ccd803-050c-4ba4-b7b6-d3fa7780be72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-I CCE-03, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) INGRID MARC´ANY DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-i-cce-03-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-ingrid-marc-any-dos-santos/08ccd803-050c-4ba4-b7b6-d3fa7780be72</t>
+  </si>
+  <si>
+    <t>020/2026</t>
+  </si>
+  <si>
+    <t>1d39fdc3-e5b5-4bba-a494-d1843ca2bf9a</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-I CCE-03, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) LILHA STEFHANE GOMES DOS SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-i-cce-03-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-lilha-stefhane-gomes-dos-santos/1d39fdc3-e5b5-4bba-a494-d1843ca2bf9a</t>
+  </si>
+  <si>
+    <t>019/2026</t>
+  </si>
+  <si>
+    <t>f3f3187d-885d-420d-beca-6a161faafcf8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSORA ESPECIAL-I CCE-03, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) LUCICLEIDE VIEIRA DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-especial-i-cce-03-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-lucicleide-vieira-dos-santos/f3f3187d-885d-420d-beca-6a161faafcf8</t>
+  </si>
+  <si>
+    <t>018/2026</t>
+  </si>
+  <si>
+    <t>f793b8a3-18d9-4d02-9a06-7f1ab0579926</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSOR DE GABINETE CCE-05, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) TIAGO SOARES DA MOTA NETO.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-de-gabinete-cce-05-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-tiago-soares-da-mota-neto/f793b8a3-18d9-4d02-9a06-7f1ab0579926</t>
+  </si>
+  <si>
+    <t>017/2026</t>
+  </si>
+  <si>
+    <t>e7116096-4842-417f-aa99-c306c3ec949f</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSOR DE GABINETE CCE-05, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) CLAYTON ROBERTO DA SILVA OLIVEIRA.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-de-gabinete-cce-05-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-clayton-roberto-da-silva-oliveira/e7116096-4842-417f-aa99-c306c3ec949f</t>
+  </si>
+  <si>
+    <t>016/2026</t>
+  </si>
+  <si>
+    <t>f2be7efb-bf32-4c01-b050-3301ad7ff3f1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMEIA PARA EXERCER O CARGO DE ASSESSOR DE GABINETE CCE-05, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) ERISVAN ALVES DOS SANTOS.    </t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-de-gabinete-cce-05-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-erisvan-alves-dos-santos/f2be7efb-bf32-4c01-b050-3301ad7ff3f1</t>
+  </si>
+  <si>
+    <t>015/2026</t>
+  </si>
+  <si>
+    <t>d43bdb1e-f14d-4881-b9ff-7288ea58d882</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE ASSESSORA DE GABINETE CCE-05, DO MUNICÍPIO DE GRACCHO CARDOSO, DO ESTADO DE SERGIPE, O(A) SENHOR(A) ALECSANDRA DE OLIVEIRA ARAGÃO.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessora-de-gabinete-cce-05-do-municipio-de-graccho-cardoso-do-estado-de-sergipe-o-a-senhor-a-alecsandra-de-oliveira-aragao/d43bdb1e-f14d-4881-b9ff-7288ea58d882</t>
+  </si>
+  <si>
+    <t>14/2026</t>
+  </si>
+  <si>
+    <t>6716e289-b048-45ac-848e-d45cec6dde22</t>
+  </si>
+  <si>
+    <t>Atos</t>
+  </si>
+  <si>
+    <t>EDITAL 001/2026 PROCESSO SELETIVO SIMPLIFICADO FMAS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/edital-001-2026-processo-seletivo-simplificado-fmas/6716e289-b048-45ac-848e-d45cec6dde22</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>14faa759-a48b-4af2-a6a7-2ef10ce19b14</t>
+  </si>
+  <si>
+    <t>ERRATA DO DECRETO 001/2026 - DISPÕE SOBRE OS FERIADO E PONTOS FACULTATIVOS DO MUNICÍPIO DE GRACCHO CARDOSO/SE.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/errata-do-decreto-001-2026-dispoe-sobre-os-feriado-e-pontos-facultativos-do-municipio-de-graccho-cardoso-se/14faa759-a48b-4af2-a6a7-2ef10ce19b14</t>
+  </si>
+  <si>
+    <t>fa3f21f8-8317-4f37-b196-38272bb5bf20</t>
+  </si>
+  <si>
+    <t>INSTITUI FERIADO RELIGIOSO MUNICIPAL A DATA DE 02 DE FEVEREIRO, DIA DO SENHOR DOS POBRES, PADROEIRO DO POVOADO GAVIÃO, DO MUNICÍPIO DE GRACCHO CARDOSO/SE.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/institui-feriado-religioso-municipal-a-data-de-02-de-fevereiro-dia-do-senhor-dos-pobres-padroeiro-do-povoado-gaviao-do-municipio-de-graccho-cardoso-se/fa3f21f8-8317-4f37-b196-38272bb5bf20</t>
+  </si>
+  <si>
+    <t>363/2026</t>
+  </si>
+  <si>
+    <t>12e2813e-a653-4a17-9a9f-ef605e903bdc</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE SECRETARIA ADJUNTA DA SECRETARIA MUNICIPAL DE COMUNICACAO DO MUNICIPIO DE GRACCHO CARDOSO-SE A SRA EMANUELA ARAGAO SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-secretaria-adjunta-da-secretaria-municipal-de-comunicacao-do-municipio-de-graccho-cardoso-se-a-sra-emanuela-aragao-santos/12e2813e-a653-4a17-9a9f-ef605e903bdc</t>
+  </si>
+  <si>
+    <t>013/2026</t>
+  </si>
+  <si>
+    <t>27d8462e-e0d5-4269-91ff-c87f748869d3</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXECER O CARGO DE ASSESSOR TECNICO CCE-05 NA SECRETARIA MUNICIPAL DE SAUDE DO MUNICIPIO DE GRACCHO CARDOSO -SE O SR PEDRO HENRIQUE DOS SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-execer-o-cargo-de-assessor-tecnico-cce-05-na-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-pedro-henrique-dos-santos/27d8462e-e0d5-4269-91ff-c87f748869d3</t>
+  </si>
+  <si>
+    <t>012/2026</t>
+  </si>
+  <si>
+    <t>15bb10c7-a344-48ae-a738-c48e6c421e9b</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE SERCRETARIA ADJUNTA DE AGRICULTURA NA SECRETARIA MUNICIPAL DE AGRICULTURA DO MUNICIPIO DE GRACCHO CARDOSO-SE  A SRA LUANA PRISCILA ANDRADE DORIA</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-sercretaria-adjunta-de-agricultura-na-secretaria-municipal-de-agricultura-do-municipio-de-graccho-cardoso-se-a-sra-luana-priscila-andrade-doria/15bb10c7-a344-48ae-a738-c48e6c421e9b</t>
+  </si>
+  <si>
+    <t>011/2026</t>
+  </si>
+  <si>
+    <t>50b6d9b5-3e40-48c1-8400-44e14b3a18b1</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRE A EXONERACAO DE SERVICOR MUNICIPAL DO MUNICIPAL DE GRACCHO CARDOSO-SE -  EMANUELA ARAGAO SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-exoneracao-de-servicor-municipal-do-municipal-de-graccho-cardoso-se-emanuela-aragao-santos/50b6d9b5-3e40-48c1-8400-44e14b3a18b1</t>
+  </si>
+  <si>
+    <t>010/2026</t>
+  </si>
+  <si>
+    <t>d0be5845-c482-4df8-8688-3290ef5ad346</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRE A EXONERACAO DE SERVICOR MUNICIPAL DO MUNICIPAL DE GRACCHO CARDOSO-SE - SRA CAMILA CORDEIRO VIEIRA</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-exoneracao-de-servicor-municipal-do-municipal-de-graccho-cardoso-se-sra-camila-cordeiro-vieira/d0be5845-c482-4df8-8688-3290ef5ad346</t>
+  </si>
+  <si>
+    <t>009/2026</t>
+  </si>
+  <si>
+    <t>399fadd1-a4a0-4b8b-a04c-bb6635f80e2e</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRE A EXONERACAO DE SERVICOR MUNICIPAL DO MUNICIPAL DE GRACCHO CARDOSO-SE - SRA LUANA PRISCILA ANDRADE DORIA</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-exoneracao-de-servicor-municipal-do-municipal-de-graccho-cardoso-se-sra-luana-priscila-andrade-doria/399fadd1-a4a0-4b8b-a04c-bb6635f80e2e</t>
+  </si>
+  <si>
+    <t>008/2026</t>
+  </si>
+  <si>
+    <t>782c99c8-9b32-4ee8-bc53-e715d4b83531</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRE A EXONERACAO DE SERVICOR MUNICIPAL DO MUNICIPAL DE GRACCHO CARDOSO-SE - SR PEDRO HENRIQUE DOS SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-exoneracao-de-servicor-municipal-do-municipal-de-graccho-cardoso-se-sr-pedro-henrique-dos-santos/782c99c8-9b32-4ee8-bc53-e715d4b83531</t>
+  </si>
+  <si>
+    <t>007/2026</t>
+  </si>
+  <si>
+    <t>49c6732f-f838-45c8-bf72-a03a1020dc17</t>
+  </si>
+  <si>
+    <t>DISPOE SOBRA A REGULAMENTACAO DO PROCEDIMENTO SIMPLIFICADO DE CONTRATAÇÃO DIRETA POR DISPENSA NO AMBITO DO PODER EXECUTIVO MUNICIPAL NOS TERMOS DA LEI FEDERAL 14133-2021 E DA OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobra-a-regulamentacao-do-procedimento-simplificado-de-contratacao-direta-por-dispensa-no-ambito-do-poder-executivo-municipal-nos-termos-da-lei-federal-14133-2021-e-da-outras-providencias/49c6732f-f838-45c8-bf72-a03a1020dc17</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>1b5cb7ac-9730-4b18-9ba5-fbdabade7125</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE CHEFE DE DIVISAO CCS-01 NA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICIPIO DE GRACCHO CARDOSO-SE O SR ELFREN MAURICIO DA SILVA</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-na-secretaria-municipal-de-assistencia-social-do-municipio-de-graccho-cardoso-se-o-sr-elfren-mauricio-da-silva/1b5cb7ac-9730-4b18-9ba5-fbdabade7125</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>cf12fe9e-1e6f-4639-b71e-0464d71b2377</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE DIRETOR DE DEPARTAMENTO CCS-01 NA SECRETARIA MUNICIPAL DE ADMINISTRACAO DO MUNICIPIO DE GRACCHO CARDOSO-SE A SRA LIUDE ALVES DOS SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-diretor-de-departamento-ccs-01-na-secretaria-municipal-de-administracao-do-municipio-de-graccho-cardoso-se-a-sra-liude-alves-dos-santos/cf12fe9e-1e6f-4639-b71e-0464d71b2377</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>8ec87567-fd77-4e8a-a545-f60f218a16f8</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE DIRETOR DE DEPARTAMENTO CCS-01 NA SECRETARIA MUNICIPAL DE ADMINISTRACAO DO MUNICIPIO DE GRACCHO CARDOSO-SE A SRA MARIA DAS GRAÇAS SILVA SANTOS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-diretor-de-departamento-ccs-01-na-secretaria-municipal-de-administracao-do-municipio-de-graccho-cardoso-se-a-sra-maria-das-gracas-silva-santos/8ec87567-fd77-4e8a-a545-f60f218a16f8</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>a5e0b80f-edd1-451b-ad2a-fefa4adefec1</t>
+  </si>
+  <si>
+    <t>NOMEIA PARA EXERCER O CARGO DE DIRETOR DE DEPARTAMENTO CCS-01 NA SECRETARIA MUNICIPAL DE ADMINISTRACAO DO MUNICIPIO DE GRACCHO CARDOSO-SE O SR WITALO ANDRE VIEIRA</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-diretor-de-departamento-ccs-01-na-secretaria-municipal-de-administracao-do-municipio-de-graccho-cardoso-se-o-sr-witalo-andre-vieira/a5e0b80f-edd1-451b-ad2a-fefa4adefec1</t>
+  </si>
+  <si>
+    <t>DECRETO 002/2026</t>
+  </si>
+  <si>
+    <t>62d1f9d8-33b6-47a5-9c22-6328cb6af11c</t>
+  </si>
+  <si>
+    <t>Decreto 01-2026 DISPOE SOBRE FERIADOS E PONTO FACULTATIVOS NO ANO DE 2026 P CUMPRIMENTO PELOS ORGAOS E ENTIDADES DA ADMINISTRACAO PUBLICA MUNICIPAL DIRETA AUTARQUICA E FUNDACIONAL DO PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/decreto-01-2026-dispoe-sobre-feriados-e-ponto-facultativos-no-ano-de-2026-p-cumprimento-pelos-orgaos-e-entidades-da-administracao-publica-municipal-direta-autarquica-e-fundacional-do-poder-executivo/62d1f9d8-33b6-47a5-9c22-6328cb6af11c</t>
+  </si>
+  <si>
+    <t>af4e1e28-988e-48cc-aafd-dca84961c432</t>
+  </si>
+  <si>
+    <t>ACORDO DE COOPERAÇÃO TECNICA E OPERACIONAL QUE ENTRE SI CELEBRAM O MUNICIPIO DE GC/SE E A ENERGISA SERGIPE, VISANDO O PLANEJ, EXEC E MONIT DE AÇÕES RELACIONADAS AO MANEJO DA ARBORIZAÇÃO URBANA.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/acordo-de-cooperacao-tecnica-e-operacional-que-entre-si-celebram-o-municipio-de-gc-se-e-a-energisa-sergipe-visando-o-planej-exec-e-monit-de-acoes-relacionadas-ao-manejo-da-arborizacao-urbana/af4e1e28-988e-48cc-aafd-dca84961c432</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>c325ea03-263d-4d0e-9a47-b40d22a0721e</t>
+  </si>
+  <si>
+    <t>ERRATA DO DECRETO 16/2025 DO MUNICÍPIO DE GRACCHO CARDOSO/SE, DE 02 DE JANEIRO DE 2025 PUBLICADO NO DIARIO OFICIAL DO MUNICÍPIO, EDIÇÃO Nº 150.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/errata-do-decreto-16-2025-do-municipio-de-graccho-cardoso-se-de-02-de-janeiro-de-2025-publicado-no-diario-oficial-do-municipio-edicao-no-150/c325ea03-263d-4d0e-9a47-b40d22a0721e</t>
+  </si>
+  <si>
+    <t>16/2025</t>
+  </si>
+  <si>
+    <t>b9b950ed-7416-4c16-bef1-46844cb4d70e</t>
+  </si>
+  <si>
+    <t>CRIA OS COMPONENTES DO MUNICÍPIO DE GRACCHO CARDOSO DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL, DEFINE OS PARÂMETROS PARA ELAB E IMPL DO PLANO MUN DE SEG ALIM E NUTRI E DÁ PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/cria-os-componentes-do-municipio-de-graccho-cardoso-do-sistema-nacional-de-seguranca-alimentar-e-nutricional-define-os-parametros-para-elab-e-impl-do-plano-mun-de-seg-alim-e-nutri-e-da-providencias/b9b950ed-7416-4c16-bef1-46844cb4d70e</t>
+  </si>
+  <si>
+    <t>362/2025</t>
+  </si>
+  <si>
+    <t>44049135-15de-4d70-97a9-b0f7de565792</t>
+  </si>
+  <si>
+    <t>TERMO DE ADESÃO À NOTA FISCAL DE SERVIÇO ELETRÔNICA DE PADRÃO NACIONAL</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/termo-de-adesao-a-nota-fiscal-de-servico-eletronica-de-padrao-nacional/44049135-15de-4d70-97a9-b0f7de565792</t>
+  </si>
+  <si>
+    <t>001/2025/TERMO</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>fa4ed405-32fd-40c1-b54d-87faa7b8c3de</t>
+  </si>
+  <si>
+    <t>TERMO DE EXTINÇÃO UNILATERAL DO CONTRATO Nº 85/2025 FME, QUE CELEBRA O FUNDO MUNICIPAL DE EDUACAÇÃO.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/termo-de-extincao-unilateral-do-contrato-no-85-2025-fme-que-celebra-o-fundo-municipal-de-eduacacao/fa4ed405-32fd-40c1-b54d-87faa7b8c3de</t>
+  </si>
+  <si>
+    <t>9a1a8c31-c5b6-4f9c-83f7-524cb67c2548</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>Fica instaurada a Sindicância no O2/2O25 para processar e apurar eventual incompatibilidade de cumulação de cargos e ausências injustificadas ao serviço público pela serv. JAQUELINE SANTOS AZEVEDO.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/fica-instaurada-a-sindicancia-no-o2-2o25-para-processar-e-apurar-eventual-incompatibilidade-de-cumulacao-de-cargos-e-ausencias-injustificadas-ao-servico-publico-pela-serv-jaqueline-santos-azevedo/9a1a8c31-c5b6-4f9c-83f7-524cb67c2548</t>
+  </si>
+  <si>
+    <t>053/2025</t>
+  </si>
+  <si>
+    <t>a3bbf461-114e-4dd9-a854-50207646399c</t>
+  </si>
+  <si>
+    <t>Fica instaurada a Sindicância no O1/2O25 para processar e apurar eventual incompatibilidade de cumulação de cargos e ausências injustificadas ao serviço público pela servidora MANOELA FERREIRA SANTOS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/fica-instaurada-a-sindicancia-no-o1-2o25-para-processar-e-apurar-eventual-incompatibilidade-de-cumulacao-de-cargos-e-ausencias-injustificadas-ao-servico-publico-pela-servidora-manoela-ferreira-santos/a3bbf461-114e-4dd9-a854-50207646399c</t>
+  </si>
+  <si>
+    <t>052/2025</t>
+  </si>
+  <si>
+    <t>53e71fac-55ea-4c45-ba04-25de26c8c1a1</t>
+  </si>
+  <si>
+    <t>Fica instaurada a Sindicância no O3/2O25 para processar e apurar eventual incompatibilidade de cumulação de cargos e ausências injustificadas ao serviço público pela servidora MARIA SUZANA DOS SANTOS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/fica-instaurada-a-sindicancia-no-o3-2o25-para-processar-e-apurar-eventual-incompatibilidade-de-cumulacao-de-cargos-e-ausencias-injustificadas-ao-servico-publico-pela-servidora-maria-suzana-dos-santos/53e71fac-55ea-4c45-ba04-25de26c8c1a1</t>
+  </si>
+  <si>
+    <t>051/2025</t>
+  </si>
+  <si>
+    <t>ed7e7f84-efb5-403c-aa83-e4dc116eb8fb</t>
+  </si>
+  <si>
+    <t>DECLARAÇÃO FORMAL DE EXTINÇÃO DO MANDATO DO VEREADOR CRISTIANO JOAQUIM DOS SANTOS EM DECORRÊNCIA DO FALECIMENTO.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/declaracao-formal-de-extincao-do-mandato-do-vereador-cristiano-joaquim-dos-santos-em-decorrencia-do-falecimento/ed7e7f84-efb5-403c-aa83-e4dc116eb8fb</t>
+  </si>
+  <si>
+    <t>a8ee6a5c-5130-45b3-a627-73c614b8c511</t>
+  </si>
+  <si>
+    <t>ERRATA DO EDITAL DE CONVOCAÇÃO PARA ELEIÇÃO DE REPRESENTANTES DO CONSELHO MUNICIPAL DE MEIO AMBIENTE – CMMA</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/errata-do-edital-de-convocacao-para-eleicao-de-representantes-do-conselho-municipal-de-meio-ambiente-cmma/a8ee6a5c-5130-45b3-a627-73c614b8c511</t>
+  </si>
+  <si>
+    <t>6261b786-5805-4db8-862c-f56864dc9da2</t>
+  </si>
+  <si>
+    <t>INSTITUI O PLANO PLURIANUAL PARA O PERÍODO DE 2026-2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/institui-o-plano-plurianual-para-o-periodo-de-2026-2029-e-da-outras-providencias/6261b786-5805-4db8-862c-f56864dc9da2</t>
+  </si>
+  <si>
+    <t>361/2025</t>
+  </si>
+  <si>
+    <t>1e208dd4-6838-4831-b2e8-d41d78411a53</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIIO DE GRACCHO CARDOSO/SE, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ PROVIDÊNCIAS CORRELATAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/estima-a-receita-e-fixa-a-despesa-do-municipiio-de-graccho-cardoso-se-para-o-exercicio-financeiro-de-2026-e-da-providencias-correlatas/1e208dd4-6838-4831-b2e8-d41d78411a53</t>
+  </si>
+  <si>
+    <t>360/2025</t>
+  </si>
+  <si>
+    <t>c1a9a16c-0dd6-4fa8-83c8-a08550d34d38</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/autoriza-o-poder-executivo-a-abrir-creditos-adicionais-suplementares/c1a9a16c-0dd6-4fa8-83c8-a08550d34d38</t>
+  </si>
+  <si>
+    <t>359/2025</t>
+  </si>
+  <si>
+    <t>7b53508c-3339-4c0a-85d4-5c7debf39059</t>
+  </si>
+  <si>
+    <t>CRIA O CONSELHO MUNICIPAL DA TURISMO DE GRACCHO CARDOSO/SE E O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/cria-o-conselho-municipal-da-turismo-de-graccho-cardoso-se-e-o-fundo-municipal-de-turismo-e-da-outras-providencias/7b53508c-3339-4c0a-85d4-5c7debf39059</t>
+  </si>
+  <si>
+    <t>358/2025</t>
+  </si>
+  <si>
+    <t>d1787394-cc60-45de-ab7c-de3df02d5960</t>
+  </si>
+  <si>
+    <t>CRIA O CONSELHO MUNICIPAL DA CULTURA DE GRACCHO CARDOSO E O FUNDO MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/cria-o-conselho-municipal-da-cultura-de-graccho-cardoso-e-o-fundo-municipal-de-cultura-e-da-outras-providencias/d1787394-cc60-45de-ab7c-de3df02d5960</t>
+  </si>
+  <si>
+    <t>357/2025</t>
+  </si>
+  <si>
+    <t>09c8e31d-9a6f-4565-a644-3c75aa23eb14</t>
+  </si>
+  <si>
+    <t>FICA DECRETADO LUTO OFICIAL POR 03 DIAS NO MUN DE GRACCHO CARDOSO A CONTAR DE 10/11/2025,PELO FALECIMENTO DO VEREADOR CRISTIANO JOAQUIM DOS SANTOS. FICA DECRETADO PONTO FACULTATIVO  NO DIA 11/11/2025.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/fica-decretado-luto-oficial-por-03-dias-no-mun-de-graccho-cardoso-a-contar-de-10-11-2025-pelo-falecimento-do-vereador-cristiano-joaquim-dos-santos-fica-decretado-ponto-facultativo-no-dia-11-11-2025/09c8e31d-9a6f-4565-a644-3c75aa23eb14</t>
+  </si>
+  <si>
+    <t>382/2025</t>
+  </si>
+  <si>
+    <t>74c050dd-8381-4424-8807-9b66902b6950</t>
+  </si>
+  <si>
+    <t>Nomeia para exercer o cargo de Assessor Especial I CCE-03, na Secretaria Municipal de Saúde do Município de GRACCHO CARDOSO/SE, o (a)  Sr.(A) Elaine Cristina Santos Menezes</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-i-cce-03-na-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-a-sr-a-elaine-cristina-santos-menezes/74c050dd-8381-4424-8807-9b66902b6950</t>
+  </si>
+  <si>
+    <t>381/2025</t>
+  </si>
+  <si>
+    <t>d1a7ef04-4514-4a0a-bb8c-cfdd2865991c</t>
+  </si>
+  <si>
+    <t>Nomeia para exercer o cargo de Assessor Técnico CCE-05, na Secretaria Municipal de Saúde do Município de GRACCHO CARDOSO/SE, o (a)  Sr.(A) Jonadab Aragão.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-tecnico-cce-05-na-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-a-sr-a-jonadab-aragao/d1a7ef04-4514-4a0a-bb8c-cfdd2865991c</t>
+  </si>
+  <si>
+    <t>380/2025</t>
+  </si>
+  <si>
+    <t>db767430-d83d-45e5-804c-053ea377f7d1</t>
+  </si>
+  <si>
+    <t>Dispõe sobre exoneração de Servidor Municipal do Município de Graccho Cardoso/SE.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-exoneracao-de-servidor-municipal-do-municipio-de-graccho-cardoso-se/db767430-d83d-45e5-804c-053ea377f7d1</t>
+  </si>
+  <si>
+    <t>379/2025</t>
+  </si>
+  <si>
+    <t>657ba2be-51b2-4bbd-8157-5660633f3943</t>
+  </si>
+  <si>
+    <t>Nomeia para exercer o cargo de Chefe de Divisão  CCS-01, na Secretaria Municipal de Saúde do Município de GRACCHO CARDOSO/SE, o Sr. José Antônio Lino de Souza.</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-chefe-de-divisao-ccs-01-na-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-jose-antonio-lino-de-souza/657ba2be-51b2-4bbd-8157-5660633f3943</t>
+  </si>
+  <si>
+    <t>378/2025</t>
+  </si>
+  <si>
+    <t>f8a88790-ead3-45b9-98dc-5c3eb363b1cd</t>
+  </si>
+  <si>
+    <t>Nomeia para exercer o cargo de Assessor Especial II CCE-04, na Secretaria Municipal de Saúde do Município de GRACCHO CARDOSO/SE, o Sr. Luiz Joaquim Santos Junior</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-ii-cce-04-na-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-luiz-joaquim-santos-junior/f8a88790-ead3-45b9-98dc-5c3eb363b1cd</t>
+  </si>
+  <si>
+    <t>377/2025</t>
+  </si>
+  <si>
     <t>dd99e5f6-fa81-4728-a8b5-6408dfcd92da</t>
   </si>
   <si>
-    <t>Atos</t>
-[...1 lines deleted...]
-  <si>
     <t>EDITAL DE CONVOCACAO PARA ELEICAO DE REPRESETANTES PARA O CONSELHO MUNICIPAL DE MEIO AMBIENTE - CMMA</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/edital-de-convocacao-para-eleicao-de-represetantes-para-o-conselho-municipal-de-meio-ambiente-cmma/dd99e5f6-fa81-4728-a8b5-6408dfcd92da</t>
   </si>
   <si>
-    <t>001/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>1df38811-87fc-4ae2-81e1-2d0c70206c21</t>
   </si>
   <si>
-    <t>Decreto</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPÕE SOB MUDANÇA DA DATA DA FEIRA LIVRE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sob-mudanca-da-data-da-feira-livre-e-da-outras-providencias/1df38811-87fc-4ae2-81e1-2d0c70206c21</t>
   </si>
   <si>
     <t>376/2025</t>
   </si>
   <si>
     <t>9ede124e-e3e8-4ecd-a5f9-66907700835c</t>
   </si>
   <si>
     <t>DISPÕE SOB MUDANÇA DO FERIADO DO DIA DO SERVIDOR PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sob-mudanca-do-feriado-do-dia-do-servidor-publico-e-da-outras-providencias/9ede124e-e3e8-4ecd-a5f9-66907700835c</t>
   </si>
   <si>
     <t>375/2025</t>
   </si>
   <si>
     <t>0f9f42d9-9861-47e0-b62a-4d8554ed927c</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL - II CCE-04, NA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE GRACCHO CARDOSO/SE, A SRA. MARIA IZABEL DE JESUS SANTOS</t>
@@ -278,149 +1268,131 @@
   <si>
     <t>364/2025</t>
   </si>
   <si>
     <t>66c5e60c-c2fd-414f-9fc7-ed5ef6232164</t>
   </si>
   <si>
     <t>DISPOE SOBRE EXONERAÇÃO DO SERVIDOR MUNICIPAL ERBERTO GOMES DOS SANTOS JUNIOR DO MUNICÍPIO DE GRACCHO CARDOSO/SE</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-exoneracao-do-servidor-municipal-erberto-gomes-dos-santos-junior-do-municipio-de-graccho-cardoso-se/66c5e60c-c2fd-414f-9fc7-ed5ef6232164</t>
   </si>
   <si>
     <t>363/2025</t>
   </si>
   <si>
     <t>bc6af753-c354-41f8-9e13-6d19a7934e8f</t>
   </si>
   <si>
     <t>DISPOE SOBRE EXONERAÇÃO DO SERVIDOR MUNICIPAL GECILANE DOS SANTOS DO MUNICÍPIO DE GRACCHO CARDOSO/SE</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-exoneracao-do-servidor-municipal-gecilane-dos-santos-do-municipio-de-graccho-cardoso-se/bc6af753-c354-41f8-9e13-6d19a7934e8f</t>
   </si>
   <si>
-    <t>362/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>f0a897d5-f412-4464-bca4-36c3cd97c03a</t>
   </si>
   <si>
     <t>ERRATA DO DECRETO 361/2025.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/errata-do-decreto-361-2025/f0a897d5-f412-4464-bca4-36c3cd97c03a</t>
   </si>
   <si>
-    <t>361/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>d81da1f6-de95-41bf-9c12-4f9de7c4aa7c</t>
   </si>
   <si>
     <t>Nomeia representantes para o Conselho Municipal de Educação - CME.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-representantes-para-o-conselho-municipal-de-educacao-cme/d81da1f6-de95-41bf-9c12-4f9de7c4aa7c</t>
   </si>
   <si>
-    <t>360/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>4a80c150-69d5-4980-85b4-489af81f02dd</t>
   </si>
   <si>
     <t>EDITAL Nº 01 DO ACORDO DIRETO DO MUNICÍPIO DE GRACCHO CARDOSO, DE 16 de SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/edital-no-01-do-acordo-direto-do-municipio-de-graccho-cardoso-de-16-de-setembro-de-2025/4a80c150-69d5-4980-85b4-489af81f02dd</t>
   </si>
   <si>
     <t>8172e3a5-e443-4612-8f64-42fad93e91a2</t>
   </si>
   <si>
     <t>EDITAL DE CONVOCAÇÃO PARA ELEIÇÃO DE REPRESENTANTES PARA O CONSELHO MUNICIPAL DE EDUCAÇÃO -CME</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/edital-de-convocacao-para-eleicao-de-representantes-para-o-conselho-municipal-de-educacao-cme/8172e3a5-e443-4612-8f64-42fad93e91a2</t>
   </si>
   <si>
     <t>000/2025</t>
   </si>
   <si>
     <t>dcfad950-b199-4e5b-b0f9-274db18d13dd</t>
   </si>
   <si>
-    <t>Lei</t>
-[...1 lines deleted...]
-  <si>
     <t>PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA NO ÂMBITO DO MUNICÍPIO DE GRACCHO CARDOSO E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO ANUAL DE 2025.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/promove-adequacao-orcamentaria-no-ambito-do-municipio-de-graccho-cardoso-e-autoriza-a-abertura-de-credito-adicional-especial-ao-orcamento-anual-de-2025/dcfad950-b199-4e5b-b0f9-274db18d13dd</t>
   </si>
   <si>
     <t>356/2025</t>
   </si>
   <si>
     <t>bd7fa0f7-e9d3-4987-a02e-1dfdb9922b6e</t>
   </si>
   <si>
     <t>RESULTADO DA I E II ETAPA DO PROCESSO SELETIVO PARA DIRIGENTES DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/resultado-da-i-e-ii-etapa-do-processo-seletivo-para-dirigentes-das-escolas-da-rede-municipal-de-ensino/bd7fa0f7-e9d3-4987-a02e-1dfdb9922b6e</t>
   </si>
   <si>
     <t>09/09/2025</t>
   </si>
   <si>
     <t>db4876b2-2ff5-4585-b957-a16ba1f479a6</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL I, DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE O SENHOR LUIZ EDUARDO SANTOS</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-i-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-senhor-luiz-eduardo-santos/db4876b2-2ff5-4585-b957-a16ba1f479a6</t>
   </si>
   <si>
-    <t>358/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ad7a5920-2a85-46f5-9b07-f0c83eec066d</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL II, DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE O SENHOR RINALDO NUNES DE OLIVEIRA FILHO</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-ii-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-senhor-rinaldo-nunes-de-oliveira-filho/ad7a5920-2a85-46f5-9b07-f0c83eec066d</t>
   </si>
   <si>
-    <t>357/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>132342e3-1618-4606-ab8d-961055228d96</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL I, DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE A SENHORA ANA LUIZA ANDRADE DORIA.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-i-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-a-senhora-ana-luiza-andrade-doria/132342e3-1618-4606-ab8d-961055228d96</t>
   </si>
   <si>
     <t>6a32a5bd-dada-482c-9728-a9ee21723d38</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO DE ASSESSOR ESPECIAL II, DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE A SENHORA MARIA NATALI ALVES ARAGÃO.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-de-assessor-especial-ii-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-a-senhora-maria-natali-alves-aragao/6a32a5bd-dada-482c-9728-a9ee21723d38</t>
   </si>
   <si>
     <t>355/2025</t>
   </si>
   <si>
     <t>fb762e7c-947b-4362-816e-1705f4be12d4</t>
   </si>
   <si>
     <t>DISPOE SOBRE EXONERAÇÃO DE SERVIDOR (A) MUNICIPAL MARIA EDILEIDE XAVIER DO MUNICIPIO DE GRACCHO CARDOSO/SE.</t>
@@ -869,53 +1841,50 @@
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-sobre-a-exoneracao-do-servidor-municipal-wanderson-henrique-da-paixao-santos-do-municipio-de-graccho-cardoso/627494a6-4918-4b6d-9044-0d5cc58acb1b</t>
   </si>
   <si>
     <t>320/2025</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>51435895-aeee-4222-8436-47b936d71bf2</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA DO ASSENTAMENTO TAMANDUÁ.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/reconhece-de-utilidade-publica-a-associacao-comunitaria-do-assentamento-tamandua/51435895-aeee-4222-8436-47b936d71bf2</t>
   </si>
   <si>
     <t>20/06/2025</t>
   </si>
   <si>
     <t>1d94d67e-0305-466c-9f80-3afabad2ce55</t>
   </si>
   <si>
-    <t>Portaria</t>
-[...1 lines deleted...]
-  <si>
     <t>CONCEDE A CESSÃO DA SERVIDORA PÚBLICA MUNICIPAL MARIA SUZANA DOS SANTOS À PREFEITURA MUNICIPAL DE AQUIDABÃ/SE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/concede-a-cessao-da-servidora-publica-municipal-maria-suzana-dos-santos-a-prefeitura-municipal-de-aquidaba-se-e-da-outras-providencias/1d94d67e-0305-466c-9f80-3afabad2ce55</t>
   </si>
   <si>
     <t>045/2025</t>
   </si>
   <si>
     <t>13/06/2025</t>
   </si>
   <si>
     <t>460daa53-3681-4870-9876-6f35ecd37b37</t>
   </si>
   <si>
     <t>ATUALIZA, NOS TERMOS DO ARTIGO 5 DO DECRETO 16/2022 OS VALORES DAS DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE GRACCHO CARDOSO</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/atualiza-nos-termos-do-artigo-5-do-decreto-16-2022-os-valores-das-diarias-no-ambito-do-poder-executivo-do-municipio-de-graccho-cardoso/460daa53-3681-4870-9876-6f35ecd37b37</t>
   </si>
   <si>
     <t>299A/2025</t>
   </si>
   <si>
     <t>63a12389-560c-4d4f-9ac9-db99fd372a77</t>
@@ -3455,65 +4424,59 @@
   <si>
     <t>056/2025</t>
   </si>
   <si>
     <t>85099c73-c760-4958-aaa4-dde37da768ec</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSORTÉCNICO CCE-05 DA SECRETARIA MUNICIPAL DE TRANSPORTES, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, O SR. EDIVALDO SANTOS DE LIMA</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessortecnico-cce-05-da-secretaria-municipal-de-transportes-do-municipio-de-graccho-cardoso-se-o-sr-edivaldo-santos-de-lima/85099c73-c760-4958-aaa4-dde37da768ec</t>
   </si>
   <si>
     <t>054/2025</t>
   </si>
   <si>
     <t>67c8613f-ffdb-43cf-aa5a-1336bed4313f</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSORTÉCNICO CCE-05 DA SECRETARIA MUNICIPAL DE TRANSPORTES, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, O SR. GERINALDO FERREIRA NUNES</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessortecnico-cce-05-da-secretaria-municipal-de-transportes-do-municipio-de-graccho-cardoso-se-o-sr-gerinaldo-ferreira-nunes/67c8613f-ffdb-43cf-aa5a-1336bed4313f</t>
   </si>
   <si>
-    <t>052/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>5625a7d8-7067-47a9-8870-a63abf271ada</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSOR ESPECIAL II CCE-04 DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, O SR. JACKSON DOS SANTOS</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessor-especial-ii-cce-04-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-jackson-dos-santos/5625a7d8-7067-47a9-8870-a63abf271ada</t>
   </si>
   <si>
-    <t>051/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>75abf390-6c9e-4bee-bf4b-540800671711</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSOR TECNICO CCE-05 DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, A SRA. EMANUELA ARAGÃO SANTOS.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessor-tecnico-cce-05-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-a-sra-emanuela-aragao-santos/75abf390-6c9e-4bee-bf4b-540800671711</t>
   </si>
   <si>
     <t>050/2025</t>
   </si>
   <si>
     <t>4f51cc08-46c6-4689-9ca7-4a78eb9b6922</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSOR ES PECIAL I CCE-03 DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, A SRA. EMILLY EDUARDA MACHADO CARDOSO</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessor-es-pecial-i-cce-03-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-a-sra-emilly-eduarda-machado-cardoso/4f51cc08-46c6-4689-9ca7-4a78eb9b6922</t>
   </si>
   <si>
     <t>049/2025</t>
   </si>
   <si>
     <t>ef060143-38fc-4848-85c2-e7a8d1321a5a</t>
@@ -3645,53 +4608,50 @@
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessor-tecnico-cce-05-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-edenilson-gomes-da-silva/642d3fb2-d51c-4393-ab95-9eb159cb0409</t>
   </si>
   <si>
     <t>057/2025</t>
   </si>
   <si>
     <t>7741f1d3-49b7-4c01-9797-d10df520c6dc</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSOR ESPECIAL II CCE-04 DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, O SR. VALDEMIR GOMES DA SILVA</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessor-especial-ii-cce-04-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-valdemir-gomes-da-silva/7741f1d3-49b7-4c01-9797-d10df520c6dc</t>
   </si>
   <si>
     <t>055/2025</t>
   </si>
   <si>
     <t>34f82939-67fe-436e-9cb1-b4fada288687</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSOR ESPECIAL I CCE-03 DA SECRETARIA MUNICIPAL DE SAÚDE, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, O SR. JORGE MATHEUS DOS SANTOS</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessor-especial-i-cce-03-da-secretaria-municipal-de-saude-do-municipio-de-graccho-cardoso-se-o-sr-jorge-matheus-dos-santos/34f82939-67fe-436e-9cb1-b4fada288687</t>
-  </si>
-[...1 lines deleted...]
-    <t>053/2025</t>
   </si>
   <si>
     <t>168a29db-bb8d-423a-942c-22d142e14cd6</t>
   </si>
   <si>
     <t>NOMEIA PARA EXERCER O CARGO COMISSIONADO DE ASSESSORA JURÍDICA CCE-03 DA SECRETARIA MUNICIPAL DE ASSUNTOS JURÍDICOS, DO MUNICÍPIO DE GRACCHO CARDOSO/SE, A SRA CAMILA CORDEIRO VIEIRA</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/nomeia-para-exercer-o-cargo-comissionado-de-assessora-juridica-cce-03-da-secretaria-municipal-de-assuntos-juridicos-do-municipio-de-graccho-cardoso-se-a-sra-camila-cordeiro-vieira/168a29db-bb8d-423a-942c-22d142e14cd6</t>
   </si>
   <si>
     <t>048/2025</t>
   </si>
   <si>
     <t>4db99131-c82e-4545-83d0-105527cc7588</t>
   </si>
   <si>
     <t>DISPÕE DA MUDANÇA DA DATA DA FEIRA LIVRE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/institucional/atosnormativos/dispoe-da-mudanca-da-data-da-feira-livre-e-da-outras-providencias/4db99131-c82e-4545-83d0-105527cc7588</t>
   </si>
   <si>
     <t>047/2025</t>
   </si>
@@ -6344,51 +7304,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P520"/>
+  <dimension ref="A1:P603"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6498,11948 +7458,13620 @@
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="I6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>38</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="I7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="I8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s">
         <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>46</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="I9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>50</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="I10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" t="s">
         <v>57</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>58</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" t="s">
         <v>61</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>62</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" t="s">
         <v>65</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>66</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="I14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" t="s">
         <v>69</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>70</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="I15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" t="s">
         <v>73</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>74</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="I16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" t="s">
         <v>77</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>78</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" t="s">
         <v>81</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>82</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="I18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" t="s">
         <v>85</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>86</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" t="s">
         <v>89</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>90</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" t="s">
         <v>93</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>94</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" t="s">
         <v>97</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>98</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="I22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>100</v>
       </c>
       <c r="B23" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C23" t="s">
         <v>101</v>
       </c>
       <c r="D23" t="s">
         <v>102</v>
       </c>
       <c r="E23" t="s">
         <v>103</v>
       </c>
       <c r="I23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>104</v>
       </c>
       <c r="B24" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" t="s">
         <v>105</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>106</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" t="s">
         <v>109</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>110</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="I25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" t="s">
         <v>113</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>114</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="I26" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" t="s">
         <v>117</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>118</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="I27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" t="s">
         <v>121</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>122</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I28" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>20</v>
       </c>
       <c r="C29" t="s">
         <v>125</v>
       </c>
       <c r="D29" t="s">
         <v>126</v>
       </c>
       <c r="E29" t="s">
         <v>127</v>
       </c>
       <c r="I29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>20</v>
       </c>
       <c r="C30" t="s">
         <v>129</v>
       </c>
       <c r="D30" t="s">
         <v>130</v>
       </c>
       <c r="E30" t="s">
         <v>131</v>
       </c>
       <c r="I30" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>132</v>
       </c>
       <c r="B31" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>134</v>
       </c>
       <c r="E31" t="s">
         <v>135</v>
       </c>
       <c r="I31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>136</v>
       </c>
       <c r="B32" t="s">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>137</v>
       </c>
       <c r="D32" t="s">
         <v>138</v>
       </c>
       <c r="E32" t="s">
         <v>139</v>
       </c>
       <c r="I32" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>140</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C33" t="s">
         <v>141</v>
       </c>
       <c r="D33" t="s">
         <v>142</v>
       </c>
       <c r="E33" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="I33" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B34" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E34" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="I34" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B35" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D35" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E35" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="I35" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D36" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E36" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="I36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B37" t="s">
         <v>20</v>
       </c>
       <c r="C37" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D37" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E37" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="I37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B38" t="s">
         <v>20</v>
       </c>
       <c r="C38" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E38" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="I38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B39" t="s">
         <v>20</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D39" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E39" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="I39" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>20</v>
       </c>
       <c r="C40" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D40" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E40" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="I40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B41" t="s">
         <v>20</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D41" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E41" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="I41" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B42" t="s">
         <v>20</v>
       </c>
       <c r="C42" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D42" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E42" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="I42" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B43" t="s">
         <v>20</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D43" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E43" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I43" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B44" t="s">
         <v>20</v>
       </c>
       <c r="C44" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D44" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E44" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="I44" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B45" t="s">
         <v>20</v>
       </c>
       <c r="C45" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D45" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E45" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D46" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E46" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="I46" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B47" t="s">
         <v>20</v>
       </c>
       <c r="C47" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D47" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E47" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="I47" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B48" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C48" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D48" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E48" t="s">
-        <v>200</v>
+        <v>204</v>
+      </c>
+      <c r="G48" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" t="s">
+        <v>205</v>
       </c>
       <c r="I48" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B49" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C49" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="D49" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E49" t="s">
         <v>204</v>
       </c>
       <c r="I49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C50" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D50" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E50" t="s">
-        <v>152</v>
+        <v>212</v>
       </c>
       <c r="I50" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
         <v>20</v>
       </c>
       <c r="C51" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E51" t="s">
-        <v>17</v>
+        <v>216</v>
       </c>
       <c r="I51" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B52" t="s">
         <v>20</v>
       </c>
       <c r="C52" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="D52" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E52" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="I52" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B53" t="s">
         <v>20</v>
       </c>
       <c r="C53" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D53" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="E53" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="I53" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B54" t="s">
         <v>20</v>
       </c>
       <c r="C54" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D54" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="E54" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="I54" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B55" t="s">
         <v>20</v>
       </c>
       <c r="C55" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="E55" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="I55" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B56" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="E56" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="I56" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C57" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="D57" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="E57" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="I57" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B58" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C58" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="D58" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="E58" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="I58" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="B59" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C59" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="D59" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="E59" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="I59" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B60" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C60" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="D60" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E60" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="I60" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B61" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C61" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="D61" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="E61" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="I61" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B62" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C62" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="D62" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="E62" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="I62" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B63" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C63" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="D63" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="E63" t="s">
-        <v>258</v>
+        <v>204</v>
       </c>
       <c r="I63" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B64" t="s">
-        <v>49</v>
+        <v>201</v>
       </c>
       <c r="C64" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D64" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E64" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="I64" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B65" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C65" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D65" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E65" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="I65" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B66" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="C66" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D66" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="E66" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="I66" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B67" t="s">
-        <v>49</v>
+        <v>201</v>
       </c>
       <c r="C67" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="D67" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="E67" t="s">
-        <v>274</v>
+        <v>279</v>
+      </c>
+      <c r="G67" t="s">
+        <v>280</v>
+      </c>
+      <c r="H67" t="s">
+        <v>280</v>
       </c>
       <c r="I67" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B68" t="s">
-        <v>49</v>
+        <v>201</v>
       </c>
       <c r="C68" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="D68" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="E68" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="I68" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="B69" t="s">
-        <v>105</v>
+        <v>285</v>
       </c>
       <c r="C69" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D69" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E69" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="I69" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B70" t="s">
         <v>285</v>
       </c>
       <c r="C70" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D70" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="E70" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="I70" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B71" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C71" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D71" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="E71" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="I71" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B72" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D72" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E72" t="s">
-        <v>297</v>
+        <v>267</v>
       </c>
       <c r="I72" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B73" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C73" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D73" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="E73" t="s">
-        <v>301</v>
+        <v>267</v>
       </c>
       <c r="I73" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B74" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C74" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D74" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E74" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="H74" t="s">
         <v>306</v>
       </c>
       <c r="I74" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>307</v>
       </c>
       <c r="B75" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C75" t="s">
         <v>308</v>
       </c>
       <c r="D75" t="s">
         <v>309</v>
       </c>
       <c r="E75" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="I75" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B76" t="s">
-        <v>285</v>
+        <v>14</v>
       </c>
       <c r="C76" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D76" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E76" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="H76" t="s">
         <v>314</v>
       </c>
       <c r="I76" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>315</v>
       </c>
       <c r="B77" t="s">
-        <v>285</v>
+        <v>14</v>
       </c>
       <c r="C77" t="s">
         <v>316</v>
       </c>
       <c r="D77" t="s">
         <v>317</v>
       </c>
       <c r="E77" t="s">
         <v>318</v>
       </c>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" t="s">
         <v>320</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>321</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="I78" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
+        <v>323</v>
+      </c>
+      <c r="B79" t="s">
+        <v>20</v>
+      </c>
+      <c r="C79" t="s">
+        <v>324</v>
+      </c>
+      <c r="D79" t="s">
         <v>325</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="E79" t="s">
         <v>326</v>
-      </c>
-[...7 lines deleted...]
-        <v>329</v>
       </c>
       <c r="I79" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>327</v>
+      </c>
+      <c r="B80" t="s">
+        <v>20</v>
+      </c>
+      <c r="C80" t="s">
+        <v>328</v>
+      </c>
+      <c r="D80" t="s">
+        <v>329</v>
+      </c>
+      <c r="E80" t="s">
         <v>330</v>
-      </c>
-[...13 lines deleted...]
-        <v>329</v>
       </c>
       <c r="I80" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>331</v>
+      </c>
+      <c r="B81" t="s">
+        <v>20</v>
+      </c>
+      <c r="C81" t="s">
+        <v>332</v>
+      </c>
+      <c r="D81" t="s">
+        <v>333</v>
+      </c>
+      <c r="E81" t="s">
         <v>334</v>
-      </c>
-[...13 lines deleted...]
-        <v>338</v>
       </c>
       <c r="I81" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B82" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C82" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D82" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E82" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="I82" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B83" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C83" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="D83" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="E83" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="I83" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="B84" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C84" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="D84" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="E84" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="I84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B85" t="s">
-        <v>285</v>
+        <v>201</v>
       </c>
       <c r="C85" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D85" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="E85" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>267</v>
       </c>
       <c r="I85" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B86" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C86" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D86" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="E86" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="I86" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B87" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C87" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="D87" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="E87" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="I87" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="B88" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C88" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D88" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E88" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="I88" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B89" t="s">
-        <v>285</v>
+        <v>201</v>
       </c>
       <c r="C89" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="D89" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="E89" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="I89" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="B90" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C90" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="D90" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="E90" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="I90" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="B91" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C91" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="D91" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="E91" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="I91" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="B92" t="s">
-        <v>285</v>
+        <v>20</v>
       </c>
       <c r="C92" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="D92" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="E92" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="I92" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="B93" t="s">
-        <v>285</v>
+        <v>379</v>
       </c>
       <c r="C93" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
       <c r="D93" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="E93" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="I93" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="B94" t="s">
-        <v>285</v>
+        <v>201</v>
       </c>
       <c r="C94" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="D94" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="E94" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="I94" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="B95" t="s">
         <v>20</v>
       </c>
       <c r="C95" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="D95" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="E95" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="I95" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="B96" t="s">
         <v>20</v>
       </c>
       <c r="C96" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="D96" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="E96" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="I96" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="B97" t="s">
         <v>20</v>
       </c>
       <c r="C97" t="s">
-        <v>407</v>
+        <v>396</v>
       </c>
       <c r="D97" t="s">
-        <v>408</v>
+        <v>397</v>
       </c>
       <c r="E97" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="I97" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
       <c r="B98" t="s">
         <v>20</v>
       </c>
       <c r="C98" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="D98" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="E98" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="I98" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="B99" t="s">
         <v>20</v>
       </c>
       <c r="C99" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="D99" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="E99" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="I99" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="B100" t="s">
         <v>20</v>
       </c>
       <c r="C100" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="D100" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="E100" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>410</v>
       </c>
       <c r="I100" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>425</v>
+        <v>411</v>
       </c>
       <c r="B101" t="s">
         <v>20</v>
       </c>
       <c r="C101" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
       <c r="D101" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="E101" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>414</v>
       </c>
       <c r="I101" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>430</v>
+        <v>415</v>
       </c>
       <c r="B102" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C102" t="s">
-        <v>431</v>
+        <v>416</v>
       </c>
       <c r="D102" t="s">
-        <v>432</v>
+        <v>417</v>
       </c>
       <c r="E102" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>275</v>
       </c>
       <c r="I102" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>435</v>
+        <v>418</v>
       </c>
       <c r="B103" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C103" t="s">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="D103" t="s">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="E103" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>306</v>
       </c>
       <c r="I103" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="B104" t="s">
         <v>20</v>
       </c>
       <c r="C104" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="D104" t="s">
-        <v>442</v>
+        <v>423</v>
       </c>
       <c r="E104" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>310</v>
       </c>
       <c r="I104" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>444</v>
+        <v>424</v>
       </c>
       <c r="B105" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C105" t="s">
-        <v>445</v>
+        <v>425</v>
       </c>
       <c r="D105" t="s">
-        <v>446</v>
+        <v>426</v>
       </c>
       <c r="E105" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>267</v>
       </c>
       <c r="I105" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>449</v>
+        <v>427</v>
       </c>
       <c r="B106" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C106" t="s">
-        <v>450</v>
+        <v>428</v>
       </c>
       <c r="D106" t="s">
-        <v>451</v>
+        <v>429</v>
       </c>
       <c r="E106" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>430</v>
       </c>
       <c r="I106" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>454</v>
+        <v>431</v>
       </c>
       <c r="B107" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C107" t="s">
-        <v>455</v>
+        <v>432</v>
       </c>
       <c r="D107" t="s">
-        <v>456</v>
+        <v>433</v>
       </c>
       <c r="E107" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>434</v>
       </c>
       <c r="I107" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>459</v>
+        <v>435</v>
       </c>
       <c r="B108" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C108" t="s">
-        <v>460</v>
+        <v>436</v>
       </c>
       <c r="D108" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="E108" t="s">
-        <v>462</v>
+        <v>267</v>
       </c>
       <c r="H108" t="s">
-        <v>458</v>
+        <v>438</v>
       </c>
       <c r="I108" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="B109" t="s">
         <v>20</v>
       </c>
       <c r="C109" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
       <c r="D109" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="E109" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>318</v>
       </c>
       <c r="I109" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>467</v>
+        <v>442</v>
       </c>
       <c r="B110" t="s">
         <v>20</v>
       </c>
       <c r="C110" t="s">
-        <v>468</v>
+        <v>443</v>
       </c>
       <c r="D110" t="s">
-        <v>469</v>
+        <v>444</v>
       </c>
       <c r="E110" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>322</v>
       </c>
       <c r="I110" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>471</v>
+        <v>445</v>
       </c>
       <c r="B111" t="s">
         <v>20</v>
       </c>
       <c r="C111" t="s">
-        <v>472</v>
+        <v>446</v>
       </c>
       <c r="D111" t="s">
-        <v>473</v>
+        <v>447</v>
       </c>
       <c r="E111" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>434</v>
       </c>
       <c r="I111" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>476</v>
+        <v>448</v>
       </c>
       <c r="B112" t="s">
         <v>20</v>
       </c>
       <c r="C112" t="s">
-        <v>477</v>
+        <v>449</v>
       </c>
       <c r="D112" t="s">
-        <v>478</v>
+        <v>450</v>
       </c>
       <c r="E112" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>451</v>
       </c>
       <c r="I112" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>481</v>
+        <v>452</v>
       </c>
       <c r="B113" t="s">
         <v>20</v>
       </c>
       <c r="C113" t="s">
-        <v>482</v>
+        <v>453</v>
       </c>
       <c r="D113" t="s">
-        <v>483</v>
+        <v>454</v>
       </c>
       <c r="E113" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>455</v>
       </c>
       <c r="I113" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>485</v>
+        <v>456</v>
       </c>
       <c r="B114" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="C114" t="s">
-        <v>486</v>
+        <v>457</v>
       </c>
       <c r="D114" t="s">
-        <v>487</v>
+        <v>458</v>
       </c>
       <c r="E114" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>459</v>
       </c>
       <c r="I114" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>489</v>
+        <v>460</v>
       </c>
       <c r="B115" t="s">
         <v>20</v>
       </c>
       <c r="C115" t="s">
-        <v>490</v>
+        <v>461</v>
       </c>
       <c r="D115" t="s">
-        <v>491</v>
+        <v>462</v>
       </c>
       <c r="E115" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>463</v>
       </c>
       <c r="I115" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>494</v>
+        <v>464</v>
       </c>
       <c r="B116" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C116" t="s">
-        <v>495</v>
+        <v>465</v>
       </c>
       <c r="D116" t="s">
-        <v>496</v>
+        <v>466</v>
       </c>
       <c r="E116" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>451</v>
       </c>
       <c r="I116" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>498</v>
+        <v>467</v>
       </c>
       <c r="B117" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C117" t="s">
-        <v>499</v>
+        <v>468</v>
       </c>
       <c r="D117" t="s">
-        <v>500</v>
+        <v>469</v>
       </c>
       <c r="E117" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>463</v>
       </c>
       <c r="I117" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>502</v>
+        <v>470</v>
       </c>
       <c r="B118" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C118" t="s">
-        <v>503</v>
+        <v>471</v>
       </c>
       <c r="D118" t="s">
-        <v>504</v>
+        <v>472</v>
       </c>
       <c r="E118" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>455</v>
       </c>
       <c r="I118" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>506</v>
+        <v>473</v>
       </c>
       <c r="B119" t="s">
         <v>20</v>
       </c>
       <c r="C119" t="s">
-        <v>507</v>
+        <v>474</v>
       </c>
       <c r="D119" t="s">
-        <v>508</v>
+        <v>475</v>
       </c>
       <c r="E119" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>476</v>
       </c>
       <c r="I119" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>511</v>
+        <v>477</v>
       </c>
       <c r="B120" t="s">
         <v>20</v>
       </c>
       <c r="C120" t="s">
-        <v>512</v>
+        <v>478</v>
       </c>
       <c r="D120" t="s">
-        <v>513</v>
+        <v>479</v>
       </c>
       <c r="E120" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="I120" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>515</v>
+        <v>481</v>
       </c>
       <c r="B121" t="s">
         <v>20</v>
       </c>
       <c r="C121" t="s">
-        <v>516</v>
+        <v>482</v>
       </c>
       <c r="D121" t="s">
-        <v>517</v>
+        <v>483</v>
       </c>
       <c r="E121" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>484</v>
       </c>
       <c r="I121" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>519</v>
+        <v>485</v>
       </c>
       <c r="B122" t="s">
         <v>20</v>
       </c>
       <c r="C122" t="s">
-        <v>520</v>
+        <v>486</v>
       </c>
       <c r="D122" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
       <c r="E122" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>488</v>
       </c>
       <c r="I122" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>523</v>
+        <v>489</v>
       </c>
       <c r="B123" t="s">
         <v>20</v>
       </c>
       <c r="C123" t="s">
-        <v>524</v>
+        <v>490</v>
       </c>
       <c r="D123" t="s">
-        <v>525</v>
+        <v>491</v>
       </c>
       <c r="E123" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>492</v>
       </c>
       <c r="I123" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="B124" t="s">
         <v>20</v>
       </c>
       <c r="C124" t="s">
-        <v>528</v>
+        <v>494</v>
       </c>
       <c r="D124" t="s">
-        <v>529</v>
+        <v>495</v>
       </c>
       <c r="E124" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>496</v>
       </c>
       <c r="I124" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>531</v>
+        <v>497</v>
       </c>
       <c r="B125" t="s">
         <v>20</v>
       </c>
       <c r="C125" t="s">
-        <v>532</v>
+        <v>498</v>
       </c>
       <c r="D125" t="s">
-        <v>533</v>
+        <v>499</v>
       </c>
       <c r="E125" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>500</v>
       </c>
       <c r="I125" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>536</v>
+        <v>501</v>
       </c>
       <c r="B126" t="s">
         <v>20</v>
       </c>
       <c r="C126" t="s">
-        <v>532</v>
+        <v>502</v>
       </c>
       <c r="D126" t="s">
-        <v>537</v>
+        <v>503</v>
       </c>
       <c r="E126" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>504</v>
       </c>
       <c r="I126" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>539</v>
+        <v>505</v>
       </c>
       <c r="B127" t="s">
         <v>20</v>
       </c>
       <c r="C127" t="s">
-        <v>532</v>
+        <v>506</v>
       </c>
       <c r="D127" t="s">
-        <v>540</v>
+        <v>507</v>
       </c>
       <c r="E127" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>508</v>
       </c>
       <c r="I127" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>542</v>
+        <v>509</v>
       </c>
       <c r="B128" t="s">
         <v>20</v>
       </c>
       <c r="C128" t="s">
-        <v>532</v>
+        <v>510</v>
       </c>
       <c r="D128" t="s">
-        <v>543</v>
+        <v>511</v>
       </c>
       <c r="E128" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>512</v>
       </c>
       <c r="I128" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B129" t="s">
         <v>20</v>
       </c>
       <c r="C129" t="s">
-        <v>532</v>
+        <v>514</v>
       </c>
       <c r="D129" t="s">
-        <v>546</v>
+        <v>515</v>
       </c>
       <c r="E129" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>516</v>
       </c>
       <c r="I129" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>548</v>
+        <v>517</v>
       </c>
       <c r="B130" t="s">
         <v>20</v>
       </c>
       <c r="C130" t="s">
-        <v>532</v>
+        <v>518</v>
       </c>
       <c r="D130" t="s">
-        <v>549</v>
+        <v>519</v>
       </c>
       <c r="E130" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>520</v>
       </c>
       <c r="I130" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>551</v>
+        <v>521</v>
       </c>
       <c r="B131" t="s">
         <v>20</v>
       </c>
       <c r="C131" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="D131" t="s">
-        <v>552</v>
+        <v>523</v>
       </c>
       <c r="E131" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="I131" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>554</v>
+        <v>525</v>
       </c>
       <c r="B132" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C132" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="D132" t="s">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="E132" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="I132" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>557</v>
+        <v>529</v>
       </c>
       <c r="B133" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C133" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D133" t="s">
-        <v>558</v>
+        <v>531</v>
       </c>
       <c r="E133" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>476</v>
       </c>
       <c r="I133" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>560</v>
+        <v>532</v>
       </c>
       <c r="B134" t="s">
         <v>20</v>
       </c>
       <c r="C134" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D134" t="s">
-        <v>561</v>
+        <v>534</v>
       </c>
       <c r="E134" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>267</v>
       </c>
       <c r="I134" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>563</v>
+        <v>535</v>
       </c>
       <c r="B135" t="s">
         <v>20</v>
       </c>
       <c r="C135" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="D135" t="s">
-        <v>564</v>
+        <v>537</v>
       </c>
       <c r="E135" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="I135" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>566</v>
+        <v>539</v>
       </c>
       <c r="B136" t="s">
         <v>20</v>
       </c>
       <c r="C136" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="D136" t="s">
-        <v>567</v>
+        <v>541</v>
       </c>
       <c r="E136" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="I136" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>569</v>
+        <v>543</v>
       </c>
       <c r="B137" t="s">
         <v>20</v>
       </c>
       <c r="C137" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="D137" t="s">
-        <v>570</v>
+        <v>545</v>
       </c>
       <c r="E137" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>546</v>
       </c>
       <c r="I137" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>572</v>
+        <v>547</v>
       </c>
       <c r="B138" t="s">
         <v>20</v>
       </c>
       <c r="C138" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
       <c r="D138" t="s">
-        <v>573</v>
+        <v>549</v>
       </c>
       <c r="E138" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="I138" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
       <c r="B139" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C139" t="s">
-        <v>532</v>
+        <v>552</v>
       </c>
       <c r="D139" t="s">
-        <v>576</v>
+        <v>553</v>
       </c>
       <c r="E139" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>554</v>
       </c>
       <c r="I139" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>578</v>
+        <v>555</v>
       </c>
       <c r="B140" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C140" t="s">
-        <v>532</v>
+        <v>556</v>
       </c>
       <c r="D140" t="s">
-        <v>579</v>
+        <v>557</v>
       </c>
       <c r="E140" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>558</v>
       </c>
       <c r="I140" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>581</v>
+        <v>559</v>
       </c>
       <c r="B141" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C141" t="s">
-        <v>532</v>
+        <v>560</v>
       </c>
       <c r="D141" t="s">
-        <v>582</v>
+        <v>561</v>
       </c>
       <c r="E141" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>562</v>
       </c>
       <c r="I141" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>584</v>
+        <v>563</v>
       </c>
       <c r="B142" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C142" t="s">
-        <v>532</v>
+        <v>564</v>
       </c>
       <c r="D142" t="s">
-        <v>585</v>
+        <v>565</v>
       </c>
       <c r="E142" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>566</v>
       </c>
       <c r="I142" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="B143" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C143" t="s">
-        <v>532</v>
+        <v>568</v>
       </c>
       <c r="D143" t="s">
-        <v>588</v>
+        <v>569</v>
       </c>
       <c r="E143" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>570</v>
       </c>
       <c r="I143" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>590</v>
+        <v>571</v>
       </c>
       <c r="B144" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C144" t="s">
-        <v>532</v>
+        <v>572</v>
       </c>
       <c r="D144" t="s">
-        <v>591</v>
+        <v>573</v>
       </c>
       <c r="E144" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>574</v>
       </c>
       <c r="I144" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>593</v>
+        <v>575</v>
       </c>
       <c r="B145" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C145" t="s">
-        <v>532</v>
+        <v>576</v>
       </c>
       <c r="D145" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="E145" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>578</v>
       </c>
       <c r="I145" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>596</v>
+        <v>579</v>
       </c>
       <c r="B146" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C146" t="s">
-        <v>532</v>
+        <v>580</v>
       </c>
       <c r="D146" t="s">
-        <v>597</v>
+        <v>581</v>
       </c>
       <c r="E146" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>582</v>
       </c>
       <c r="I146" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="B147" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C147" t="s">
-        <v>532</v>
+        <v>584</v>
       </c>
       <c r="D147" t="s">
-        <v>600</v>
+        <v>585</v>
       </c>
       <c r="E147" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>586</v>
       </c>
       <c r="I147" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>602</v>
+        <v>587</v>
       </c>
       <c r="B148" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C148" t="s">
-        <v>532</v>
+        <v>588</v>
       </c>
       <c r="D148" t="s">
-        <v>603</v>
+        <v>589</v>
       </c>
       <c r="E148" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>590</v>
       </c>
       <c r="I148" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="B149" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C149" t="s">
-        <v>532</v>
+        <v>592</v>
       </c>
       <c r="D149" t="s">
-        <v>606</v>
+        <v>593</v>
       </c>
       <c r="E149" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>594</v>
       </c>
       <c r="I149" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="B150" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C150" t="s">
-        <v>532</v>
+        <v>596</v>
       </c>
       <c r="D150" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="E150" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>598</v>
       </c>
       <c r="I150" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="B151" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="C151" t="s">
-        <v>532</v>
+        <v>600</v>
       </c>
       <c r="D151" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="E151" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="H151" t="s">
-        <v>535</v>
+        <v>603</v>
       </c>
       <c r="I151" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="B152" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C152" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="D152" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="E152" t="s">
-        <v>617</v>
+        <v>480</v>
       </c>
       <c r="H152" t="s">
-        <v>535</v>
+        <v>607</v>
       </c>
       <c r="I152" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="B153" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C153" t="s">
-        <v>532</v>
+        <v>609</v>
       </c>
       <c r="D153" t="s">
-        <v>619</v>
+        <v>610</v>
       </c>
       <c r="E153" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="H153" t="s">
-        <v>535</v>
+        <v>612</v>
       </c>
       <c r="I153" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="B154" t="s">
         <v>20</v>
       </c>
       <c r="C154" t="s">
-        <v>532</v>
+        <v>614</v>
       </c>
       <c r="D154" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="E154" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>616</v>
       </c>
       <c r="I154" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="B155" t="s">
         <v>20</v>
       </c>
       <c r="C155" t="s">
-        <v>532</v>
+        <v>618</v>
       </c>
       <c r="D155" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="E155" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>620</v>
       </c>
       <c r="I155" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="B156" t="s">
         <v>20</v>
       </c>
       <c r="C156" t="s">
-        <v>532</v>
+        <v>622</v>
       </c>
       <c r="D156" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="E156" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>624</v>
       </c>
       <c r="I156" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="B157" t="s">
         <v>20</v>
       </c>
       <c r="C157" t="s">
-        <v>532</v>
+        <v>626</v>
       </c>
       <c r="D157" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="E157" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="H157" t="s">
-        <v>535</v>
+        <v>629</v>
       </c>
       <c r="I157" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="B158" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C158" t="s">
-        <v>532</v>
+        <v>631</v>
       </c>
       <c r="D158" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="E158" t="s">
-        <v>635</v>
+        <v>484</v>
       </c>
       <c r="H158" t="s">
-        <v>535</v>
+        <v>629</v>
       </c>
       <c r="I158" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
+        <v>633</v>
+      </c>
+      <c r="B159" t="s">
+        <v>285</v>
+      </c>
+      <c r="C159" t="s">
+        <v>634</v>
+      </c>
+      <c r="D159" t="s">
+        <v>635</v>
+      </c>
+      <c r="E159" t="s">
         <v>636</v>
       </c>
-      <c r="B159" t="s">
-[...5 lines deleted...]
-      <c r="D159" t="s">
+      <c r="H159" t="s">
         <v>637</v>
-      </c>
-[...4 lines deleted...]
-        <v>535</v>
       </c>
       <c r="I159" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
+        <v>638</v>
+      </c>
+      <c r="B160" t="s">
+        <v>285</v>
+      </c>
+      <c r="C160" t="s">
         <v>639</v>
-      </c>
-[...4 lines deleted...]
-        <v>532</v>
       </c>
       <c r="D160" t="s">
         <v>640</v>
       </c>
       <c r="E160" t="s">
         <v>641</v>
       </c>
       <c r="H160" t="s">
-        <v>535</v>
+        <v>642</v>
       </c>
       <c r="I160" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B161" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C161" t="s">
-        <v>532</v>
+        <v>644</v>
       </c>
       <c r="D161" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="E161" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="H161" t="s">
-        <v>535</v>
+        <v>647</v>
       </c>
       <c r="I161" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B162" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C162" t="s">
-        <v>532</v>
+        <v>649</v>
       </c>
       <c r="D162" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="E162" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H162" t="s">
-        <v>535</v>
+        <v>652</v>
       </c>
       <c r="I162" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="B163" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C163" t="s">
-        <v>532</v>
+        <v>654</v>
       </c>
       <c r="D163" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="E163" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="H163" t="s">
-        <v>535</v>
+        <v>652</v>
       </c>
       <c r="I163" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="B164" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C164" t="s">
-        <v>532</v>
+        <v>658</v>
       </c>
       <c r="D164" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="E164" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="H164" t="s">
-        <v>535</v>
+        <v>661</v>
       </c>
       <c r="I164" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="B165" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C165" t="s">
-        <v>532</v>
+        <v>663</v>
       </c>
       <c r="D165" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="E165" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="H165" t="s">
-        <v>535</v>
+        <v>666</v>
       </c>
       <c r="I165" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B166" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C166" t="s">
-        <v>532</v>
+        <v>668</v>
       </c>
       <c r="D166" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="E166" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="H166" t="s">
-        <v>535</v>
+        <v>666</v>
       </c>
       <c r="I166" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="B167" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C167" t="s">
-        <v>532</v>
+        <v>672</v>
       </c>
       <c r="D167" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="E167" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="H167" t="s">
-        <v>535</v>
+        <v>666</v>
       </c>
       <c r="I167" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="B168" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C168" t="s">
-        <v>532</v>
+        <v>676</v>
       </c>
       <c r="D168" t="s">
-        <v>664</v>
+        <v>677</v>
       </c>
       <c r="E168" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="H168" t="s">
-        <v>535</v>
+        <v>666</v>
       </c>
       <c r="I168" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="B169" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C169" t="s">
-        <v>532</v>
+        <v>680</v>
       </c>
       <c r="D169" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="E169" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="H169" t="s">
-        <v>535</v>
+        <v>683</v>
       </c>
       <c r="I169" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="B170" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C170" t="s">
-        <v>532</v>
+        <v>685</v>
       </c>
       <c r="D170" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
       <c r="E170" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="H170" t="s">
-        <v>535</v>
+        <v>688</v>
       </c>
       <c r="I170" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="B171" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C171" t="s">
-        <v>532</v>
+        <v>690</v>
       </c>
       <c r="D171" t="s">
-        <v>673</v>
+        <v>691</v>
       </c>
       <c r="E171" t="s">
-        <v>674</v>
+        <v>692</v>
       </c>
       <c r="H171" t="s">
-        <v>535</v>
+        <v>693</v>
       </c>
       <c r="I171" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>675</v>
+        <v>694</v>
       </c>
       <c r="B172" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C172" t="s">
-        <v>532</v>
+        <v>695</v>
       </c>
       <c r="D172" t="s">
-        <v>676</v>
+        <v>696</v>
       </c>
       <c r="E172" t="s">
-        <v>677</v>
+        <v>697</v>
       </c>
       <c r="H172" t="s">
-        <v>535</v>
+        <v>693</v>
       </c>
       <c r="I172" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>678</v>
+        <v>698</v>
       </c>
       <c r="B173" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C173" t="s">
-        <v>532</v>
+        <v>699</v>
       </c>
       <c r="D173" t="s">
-        <v>679</v>
+        <v>700</v>
       </c>
       <c r="E173" t="s">
-        <v>680</v>
+        <v>701</v>
       </c>
       <c r="H173" t="s">
-        <v>535</v>
+        <v>702</v>
       </c>
       <c r="I173" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>681</v>
+        <v>703</v>
       </c>
       <c r="B174" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C174" t="s">
-        <v>532</v>
+        <v>704</v>
       </c>
       <c r="D174" t="s">
-        <v>682</v>
+        <v>705</v>
       </c>
       <c r="E174" t="s">
-        <v>683</v>
+        <v>706</v>
       </c>
       <c r="H174" t="s">
-        <v>535</v>
+        <v>702</v>
       </c>
       <c r="I174" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>684</v>
+        <v>707</v>
       </c>
       <c r="B175" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C175" t="s">
-        <v>532</v>
+        <v>708</v>
       </c>
       <c r="D175" t="s">
-        <v>685</v>
+        <v>709</v>
       </c>
       <c r="E175" t="s">
-        <v>686</v>
+        <v>710</v>
       </c>
       <c r="H175" t="s">
-        <v>535</v>
+        <v>711</v>
       </c>
       <c r="I175" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>687</v>
+        <v>712</v>
       </c>
       <c r="B176" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C176" t="s">
-        <v>532</v>
+        <v>713</v>
       </c>
       <c r="D176" t="s">
-        <v>688</v>
+        <v>714</v>
       </c>
       <c r="E176" t="s">
-        <v>689</v>
+        <v>365</v>
       </c>
       <c r="H176" t="s">
-        <v>535</v>
+        <v>702</v>
       </c>
       <c r="I176" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>690</v>
+        <v>715</v>
       </c>
       <c r="B177" t="s">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="C177" t="s">
-        <v>532</v>
+        <v>716</v>
       </c>
       <c r="D177" t="s">
-        <v>691</v>
+        <v>717</v>
       </c>
       <c r="E177" t="s">
-        <v>692</v>
+        <v>267</v>
       </c>
       <c r="H177" t="s">
-        <v>535</v>
+        <v>718</v>
       </c>
       <c r="I177" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>693</v>
+        <v>719</v>
       </c>
       <c r="B178" t="s">
         <v>20</v>
       </c>
       <c r="C178" t="s">
-        <v>532</v>
+        <v>720</v>
       </c>
       <c r="D178" t="s">
-        <v>694</v>
+        <v>721</v>
       </c>
       <c r="E178" t="s">
-        <v>695</v>
+        <v>722</v>
       </c>
       <c r="H178" t="s">
-        <v>535</v>
+        <v>723</v>
       </c>
       <c r="I178" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>696</v>
+        <v>724</v>
       </c>
       <c r="B179" t="s">
         <v>20</v>
       </c>
       <c r="C179" t="s">
-        <v>532</v>
+        <v>725</v>
       </c>
       <c r="D179" t="s">
-        <v>697</v>
+        <v>726</v>
       </c>
       <c r="E179" t="s">
-        <v>698</v>
+        <v>727</v>
       </c>
       <c r="H179" t="s">
-        <v>535</v>
+        <v>728</v>
       </c>
       <c r="I179" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>699</v>
+        <v>729</v>
       </c>
       <c r="B180" t="s">
         <v>20</v>
       </c>
       <c r="C180" t="s">
-        <v>532</v>
+        <v>730</v>
       </c>
       <c r="D180" t="s">
-        <v>700</v>
+        <v>731</v>
       </c>
       <c r="E180" t="s">
-        <v>701</v>
+        <v>732</v>
       </c>
       <c r="H180" t="s">
-        <v>535</v>
+        <v>728</v>
       </c>
       <c r="I180" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>702</v>
+        <v>733</v>
       </c>
       <c r="B181" t="s">
         <v>20</v>
       </c>
       <c r="C181" t="s">
-        <v>532</v>
+        <v>734</v>
       </c>
       <c r="D181" t="s">
-        <v>703</v>
+        <v>735</v>
       </c>
       <c r="E181" t="s">
-        <v>704</v>
+        <v>736</v>
       </c>
       <c r="H181" t="s">
-        <v>535</v>
+        <v>737</v>
       </c>
       <c r="I181" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>705</v>
+        <v>738</v>
       </c>
       <c r="B182" t="s">
         <v>20</v>
       </c>
       <c r="C182" t="s">
-        <v>532</v>
+        <v>739</v>
       </c>
       <c r="D182" t="s">
-        <v>706</v>
+        <v>740</v>
       </c>
       <c r="E182" t="s">
-        <v>707</v>
+        <v>741</v>
       </c>
       <c r="H182" t="s">
-        <v>535</v>
+        <v>742</v>
       </c>
       <c r="I182" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>708</v>
+        <v>743</v>
       </c>
       <c r="B183" t="s">
         <v>20</v>
       </c>
       <c r="C183" t="s">
-        <v>532</v>
+        <v>744</v>
       </c>
       <c r="D183" t="s">
-        <v>709</v>
+        <v>745</v>
       </c>
       <c r="E183" t="s">
-        <v>710</v>
+        <v>746</v>
       </c>
       <c r="H183" t="s">
-        <v>535</v>
+        <v>747</v>
       </c>
       <c r="I183" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>711</v>
+        <v>748</v>
       </c>
       <c r="B184" t="s">
         <v>20</v>
       </c>
       <c r="C184" t="s">
-        <v>532</v>
+        <v>749</v>
       </c>
       <c r="D184" t="s">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="E184" t="s">
-        <v>713</v>
+        <v>751</v>
       </c>
       <c r="H184" t="s">
-        <v>535</v>
+        <v>752</v>
       </c>
       <c r="I184" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>714</v>
+        <v>753</v>
       </c>
       <c r="B185" t="s">
         <v>20</v>
       </c>
       <c r="C185" t="s">
-        <v>532</v>
+        <v>754</v>
       </c>
       <c r="D185" t="s">
-        <v>715</v>
+        <v>755</v>
       </c>
       <c r="E185" t="s">
-        <v>716</v>
+        <v>756</v>
       </c>
       <c r="H185" t="s">
-        <v>535</v>
+        <v>757</v>
       </c>
       <c r="I185" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>717</v>
+        <v>758</v>
       </c>
       <c r="B186" t="s">
         <v>20</v>
       </c>
       <c r="C186" t="s">
-        <v>532</v>
+        <v>759</v>
       </c>
       <c r="D186" t="s">
-        <v>718</v>
+        <v>760</v>
       </c>
       <c r="E186" t="s">
-        <v>719</v>
+        <v>761</v>
       </c>
       <c r="H186" t="s">
-        <v>535</v>
+        <v>762</v>
       </c>
       <c r="I186" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>720</v>
+        <v>763</v>
       </c>
       <c r="B187" t="s">
         <v>20</v>
       </c>
       <c r="C187" t="s">
-        <v>532</v>
+        <v>764</v>
       </c>
       <c r="D187" t="s">
-        <v>721</v>
+        <v>765</v>
       </c>
       <c r="E187" t="s">
-        <v>722</v>
+        <v>766</v>
       </c>
       <c r="H187" t="s">
-        <v>535</v>
+        <v>762</v>
       </c>
       <c r="I187" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>723</v>
+        <v>767</v>
       </c>
       <c r="B188" t="s">
         <v>20</v>
       </c>
       <c r="C188" t="s">
-        <v>532</v>
+        <v>768</v>
       </c>
       <c r="D188" t="s">
-        <v>724</v>
+        <v>769</v>
       </c>
       <c r="E188" t="s">
-        <v>725</v>
+        <v>770</v>
       </c>
       <c r="H188" t="s">
-        <v>535</v>
+        <v>771</v>
       </c>
       <c r="I188" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>726</v>
+        <v>772</v>
       </c>
       <c r="B189" t="s">
         <v>20</v>
       </c>
       <c r="C189" t="s">
-        <v>727</v>
+        <v>773</v>
       </c>
       <c r="D189" t="s">
-        <v>728</v>
+        <v>774</v>
       </c>
       <c r="E189" t="s">
-        <v>729</v>
+        <v>775</v>
       </c>
       <c r="H189" t="s">
-        <v>535</v>
+        <v>776</v>
       </c>
       <c r="I189" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>730</v>
+        <v>777</v>
       </c>
       <c r="B190" t="s">
         <v>20</v>
       </c>
       <c r="C190" t="s">
-        <v>532</v>
+        <v>778</v>
       </c>
       <c r="D190" t="s">
-        <v>731</v>
+        <v>779</v>
       </c>
       <c r="E190" t="s">
-        <v>732</v>
+        <v>780</v>
       </c>
       <c r="H190" t="s">
-        <v>535</v>
+        <v>781</v>
       </c>
       <c r="I190" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>733</v>
+        <v>782</v>
       </c>
       <c r="B191" t="s">
         <v>20</v>
       </c>
       <c r="C191" t="s">
-        <v>532</v>
+        <v>783</v>
       </c>
       <c r="D191" t="s">
-        <v>734</v>
+        <v>784</v>
       </c>
       <c r="E191" t="s">
-        <v>735</v>
+        <v>785</v>
       </c>
       <c r="H191" t="s">
-        <v>535</v>
+        <v>781</v>
       </c>
       <c r="I191" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>736</v>
+        <v>786</v>
       </c>
       <c r="B192" t="s">
         <v>20</v>
       </c>
       <c r="C192" t="s">
-        <v>532</v>
+        <v>787</v>
       </c>
       <c r="D192" t="s">
-        <v>737</v>
+        <v>788</v>
       </c>
       <c r="E192" t="s">
-        <v>738</v>
+        <v>789</v>
       </c>
       <c r="H192" t="s">
-        <v>535</v>
+        <v>781</v>
       </c>
       <c r="I192" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>739</v>
+        <v>790</v>
       </c>
       <c r="B193" t="s">
         <v>20</v>
       </c>
       <c r="C193" t="s">
-        <v>532</v>
+        <v>791</v>
       </c>
       <c r="D193" t="s">
-        <v>740</v>
+        <v>792</v>
       </c>
       <c r="E193" t="s">
-        <v>741</v>
+        <v>793</v>
       </c>
       <c r="H193" t="s">
-        <v>535</v>
+        <v>781</v>
       </c>
       <c r="I193" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>742</v>
+        <v>794</v>
       </c>
       <c r="B194" t="s">
         <v>20</v>
       </c>
       <c r="C194" t="s">
-        <v>532</v>
+        <v>795</v>
       </c>
       <c r="D194" t="s">
-        <v>743</v>
+        <v>796</v>
       </c>
       <c r="E194" t="s">
-        <v>744</v>
+        <v>797</v>
       </c>
       <c r="H194" t="s">
-        <v>535</v>
+        <v>798</v>
       </c>
       <c r="I194" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>745</v>
+        <v>799</v>
       </c>
       <c r="B195" t="s">
         <v>20</v>
       </c>
       <c r="C195" t="s">
-        <v>532</v>
+        <v>800</v>
       </c>
       <c r="D195" t="s">
-        <v>746</v>
+        <v>801</v>
       </c>
       <c r="E195" t="s">
-        <v>747</v>
+        <v>802</v>
       </c>
       <c r="H195" t="s">
-        <v>535</v>
+        <v>803</v>
       </c>
       <c r="I195" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>748</v>
+        <v>804</v>
       </c>
       <c r="B196" t="s">
         <v>20</v>
       </c>
       <c r="C196" t="s">
-        <v>532</v>
+        <v>805</v>
       </c>
       <c r="D196" t="s">
-        <v>749</v>
+        <v>806</v>
       </c>
       <c r="E196" t="s">
-        <v>750</v>
+        <v>807</v>
       </c>
       <c r="H196" t="s">
-        <v>535</v>
+        <v>803</v>
       </c>
       <c r="I196" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>751</v>
+        <v>808</v>
       </c>
       <c r="B197" t="s">
         <v>20</v>
       </c>
       <c r="C197" t="s">
-        <v>532</v>
+        <v>809</v>
       </c>
       <c r="D197" t="s">
-        <v>752</v>
+        <v>810</v>
       </c>
       <c r="E197" t="s">
-        <v>753</v>
+        <v>811</v>
       </c>
       <c r="H197" t="s">
-        <v>535</v>
+        <v>803</v>
       </c>
       <c r="I197" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>754</v>
+        <v>812</v>
       </c>
       <c r="B198" t="s">
         <v>20</v>
       </c>
       <c r="C198" t="s">
-        <v>532</v>
+        <v>813</v>
       </c>
       <c r="D198" t="s">
-        <v>755</v>
+        <v>814</v>
       </c>
       <c r="E198" t="s">
-        <v>756</v>
+        <v>815</v>
       </c>
       <c r="H198" t="s">
-        <v>535</v>
+        <v>816</v>
       </c>
       <c r="I198" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>757</v>
+        <v>817</v>
       </c>
       <c r="B199" t="s">
         <v>20</v>
       </c>
       <c r="C199" t="s">
-        <v>532</v>
+        <v>818</v>
       </c>
       <c r="D199" t="s">
-        <v>758</v>
+        <v>819</v>
       </c>
       <c r="E199" t="s">
-        <v>759</v>
+        <v>820</v>
       </c>
       <c r="H199" t="s">
-        <v>535</v>
+        <v>816</v>
       </c>
       <c r="I199" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>760</v>
+        <v>821</v>
       </c>
       <c r="B200" t="s">
         <v>20</v>
       </c>
       <c r="C200" t="s">
-        <v>532</v>
+        <v>822</v>
       </c>
       <c r="D200" t="s">
-        <v>761</v>
+        <v>823</v>
       </c>
       <c r="E200" t="s">
-        <v>762</v>
+        <v>824</v>
       </c>
       <c r="H200" t="s">
-        <v>535</v>
+        <v>816</v>
       </c>
       <c r="I200" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>763</v>
+        <v>825</v>
       </c>
       <c r="B201" t="s">
         <v>20</v>
       </c>
       <c r="C201" t="s">
-        <v>532</v>
+        <v>826</v>
       </c>
       <c r="D201" t="s">
-        <v>764</v>
+        <v>827</v>
       </c>
       <c r="E201" t="s">
-        <v>765</v>
+        <v>828</v>
       </c>
       <c r="H201" t="s">
-        <v>535</v>
+        <v>816</v>
       </c>
       <c r="I201" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>766</v>
+        <v>829</v>
       </c>
       <c r="B202" t="s">
         <v>20</v>
       </c>
       <c r="C202" t="s">
-        <v>532</v>
+        <v>830</v>
       </c>
       <c r="D202" t="s">
-        <v>767</v>
+        <v>831</v>
       </c>
       <c r="E202" t="s">
-        <v>768</v>
+        <v>832</v>
       </c>
       <c r="H202" t="s">
-        <v>535</v>
+        <v>833</v>
       </c>
       <c r="I202" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>769</v>
+        <v>834</v>
       </c>
       <c r="B203" t="s">
         <v>20</v>
       </c>
       <c r="C203" t="s">
-        <v>532</v>
+        <v>835</v>
       </c>
       <c r="D203" t="s">
-        <v>770</v>
+        <v>836</v>
       </c>
       <c r="E203" t="s">
-        <v>771</v>
+        <v>837</v>
       </c>
       <c r="H203" t="s">
-        <v>535</v>
+        <v>833</v>
       </c>
       <c r="I203" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>772</v>
+        <v>838</v>
       </c>
       <c r="B204" t="s">
         <v>20</v>
       </c>
       <c r="C204" t="s">
-        <v>532</v>
+        <v>839</v>
       </c>
       <c r="D204" t="s">
-        <v>773</v>
+        <v>840</v>
       </c>
       <c r="E204" t="s">
-        <v>774</v>
+        <v>841</v>
       </c>
       <c r="H204" t="s">
-        <v>535</v>
+        <v>833</v>
       </c>
       <c r="I204" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>775</v>
+        <v>842</v>
       </c>
       <c r="B205" t="s">
         <v>20</v>
       </c>
       <c r="C205" t="s">
-        <v>532</v>
+        <v>843</v>
       </c>
       <c r="D205" t="s">
-        <v>776</v>
+        <v>844</v>
       </c>
       <c r="E205" t="s">
-        <v>777</v>
+        <v>845</v>
       </c>
       <c r="H205" t="s">
-        <v>535</v>
+        <v>833</v>
       </c>
       <c r="I205" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>778</v>
+        <v>846</v>
       </c>
       <c r="B206" t="s">
         <v>20</v>
       </c>
       <c r="C206" t="s">
-        <v>532</v>
+        <v>847</v>
       </c>
       <c r="D206" t="s">
-        <v>779</v>
+        <v>848</v>
       </c>
       <c r="E206" t="s">
-        <v>780</v>
+        <v>849</v>
       </c>
       <c r="H206" t="s">
-        <v>535</v>
+        <v>833</v>
       </c>
       <c r="I206" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>781</v>
+        <v>850</v>
       </c>
       <c r="B207" t="s">
         <v>20</v>
       </c>
       <c r="C207" t="s">
-        <v>532</v>
+        <v>851</v>
       </c>
       <c r="D207" t="s">
-        <v>782</v>
+        <v>852</v>
       </c>
       <c r="E207" t="s">
-        <v>783</v>
+        <v>853</v>
       </c>
       <c r="H207" t="s">
-        <v>535</v>
+        <v>833</v>
       </c>
       <c r="I207" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>784</v>
+        <v>854</v>
       </c>
       <c r="B208" t="s">
         <v>20</v>
       </c>
       <c r="C208" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D208" t="s">
-        <v>785</v>
+        <v>856</v>
       </c>
       <c r="E208" t="s">
-        <v>786</v>
+        <v>857</v>
       </c>
       <c r="H208" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I208" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>787</v>
+        <v>859</v>
       </c>
       <c r="B209" t="s">
         <v>20</v>
       </c>
       <c r="C209" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D209" t="s">
-        <v>788</v>
+        <v>860</v>
       </c>
       <c r="E209" t="s">
-        <v>789</v>
+        <v>861</v>
       </c>
       <c r="H209" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I209" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>790</v>
+        <v>862</v>
       </c>
       <c r="B210" t="s">
         <v>20</v>
       </c>
       <c r="C210" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D210" t="s">
-        <v>791</v>
+        <v>863</v>
       </c>
       <c r="E210" t="s">
-        <v>792</v>
+        <v>864</v>
       </c>
       <c r="H210" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I210" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>793</v>
+        <v>865</v>
       </c>
       <c r="B211" t="s">
         <v>20</v>
       </c>
       <c r="C211" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D211" t="s">
-        <v>794</v>
+        <v>866</v>
       </c>
       <c r="E211" t="s">
-        <v>795</v>
+        <v>867</v>
       </c>
       <c r="H211" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I211" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>796</v>
+        <v>868</v>
       </c>
       <c r="B212" t="s">
         <v>20</v>
       </c>
       <c r="C212" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D212" t="s">
-        <v>797</v>
+        <v>869</v>
       </c>
       <c r="E212" t="s">
-        <v>798</v>
+        <v>870</v>
       </c>
       <c r="H212" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I212" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>799</v>
+        <v>871</v>
       </c>
       <c r="B213" t="s">
         <v>20</v>
       </c>
       <c r="C213" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D213" t="s">
-        <v>800</v>
+        <v>872</v>
       </c>
       <c r="E213" t="s">
-        <v>801</v>
+        <v>873</v>
       </c>
       <c r="H213" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I213" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>802</v>
+        <v>874</v>
       </c>
       <c r="B214" t="s">
         <v>20</v>
       </c>
       <c r="C214" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D214" t="s">
-        <v>803</v>
+        <v>875</v>
       </c>
       <c r="E214" t="s">
-        <v>804</v>
+        <v>876</v>
       </c>
       <c r="H214" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I214" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>805</v>
+        <v>877</v>
       </c>
       <c r="B215" t="s">
         <v>20</v>
       </c>
       <c r="C215" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D215" t="s">
-        <v>806</v>
+        <v>878</v>
       </c>
       <c r="E215" t="s">
-        <v>807</v>
+        <v>879</v>
       </c>
       <c r="H215" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I215" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>808</v>
+        <v>880</v>
       </c>
       <c r="B216" t="s">
         <v>20</v>
       </c>
       <c r="C216" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D216" t="s">
-        <v>809</v>
+        <v>881</v>
       </c>
       <c r="E216" t="s">
-        <v>810</v>
+        <v>882</v>
       </c>
       <c r="H216" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I216" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>811</v>
+        <v>883</v>
       </c>
       <c r="B217" t="s">
         <v>20</v>
       </c>
       <c r="C217" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D217" t="s">
-        <v>812</v>
+        <v>884</v>
       </c>
       <c r="E217" t="s">
-        <v>813</v>
+        <v>885</v>
       </c>
       <c r="H217" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I217" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>814</v>
+        <v>886</v>
       </c>
       <c r="B218" t="s">
         <v>20</v>
       </c>
       <c r="C218" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D218" t="s">
-        <v>815</v>
+        <v>887</v>
       </c>
       <c r="E218" t="s">
-        <v>816</v>
+        <v>888</v>
       </c>
       <c r="H218" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I218" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>817</v>
+        <v>889</v>
       </c>
       <c r="B219" t="s">
         <v>20</v>
       </c>
       <c r="C219" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D219" t="s">
-        <v>818</v>
+        <v>890</v>
       </c>
       <c r="E219" t="s">
-        <v>819</v>
+        <v>891</v>
       </c>
       <c r="H219" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I219" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>820</v>
+        <v>892</v>
       </c>
       <c r="B220" t="s">
         <v>20</v>
       </c>
       <c r="C220" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D220" t="s">
-        <v>821</v>
+        <v>893</v>
       </c>
       <c r="E220" t="s">
-        <v>822</v>
+        <v>894</v>
       </c>
       <c r="H220" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I220" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>823</v>
+        <v>895</v>
       </c>
       <c r="B221" t="s">
         <v>20</v>
       </c>
       <c r="C221" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D221" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="E221" t="s">
-        <v>825</v>
+        <v>897</v>
       </c>
       <c r="H221" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I221" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>826</v>
+        <v>898</v>
       </c>
       <c r="B222" t="s">
         <v>20</v>
       </c>
       <c r="C222" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D222" t="s">
-        <v>827</v>
+        <v>899</v>
       </c>
       <c r="E222" t="s">
-        <v>828</v>
+        <v>900</v>
       </c>
       <c r="H222" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I222" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>829</v>
+        <v>901</v>
       </c>
       <c r="B223" t="s">
         <v>20</v>
       </c>
       <c r="C223" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D223" t="s">
-        <v>830</v>
+        <v>902</v>
       </c>
       <c r="E223" t="s">
-        <v>831</v>
+        <v>903</v>
       </c>
       <c r="H223" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I223" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>832</v>
+        <v>904</v>
       </c>
       <c r="B224" t="s">
         <v>20</v>
       </c>
       <c r="C224" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D224" t="s">
-        <v>833</v>
+        <v>905</v>
       </c>
       <c r="E224" t="s">
-        <v>834</v>
+        <v>906</v>
+      </c>
+      <c r="H224" t="s">
+        <v>858</v>
       </c>
       <c r="I224" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>835</v>
+        <v>907</v>
       </c>
       <c r="B225" t="s">
         <v>20</v>
       </c>
       <c r="C225" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D225" t="s">
-        <v>836</v>
+        <v>908</v>
       </c>
       <c r="E225" t="s">
-        <v>837</v>
+        <v>909</v>
       </c>
       <c r="H225" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I225" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>838</v>
+        <v>910</v>
       </c>
       <c r="B226" t="s">
         <v>20</v>
       </c>
       <c r="C226" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D226" t="s">
-        <v>839</v>
+        <v>911</v>
       </c>
       <c r="E226" t="s">
-        <v>840</v>
+        <v>912</v>
       </c>
       <c r="H226" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I226" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>841</v>
+        <v>913</v>
       </c>
       <c r="B227" t="s">
         <v>20</v>
       </c>
       <c r="C227" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D227" t="s">
-        <v>842</v>
+        <v>914</v>
       </c>
       <c r="E227" t="s">
-        <v>843</v>
+        <v>915</v>
       </c>
       <c r="H227" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I227" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>844</v>
+        <v>916</v>
       </c>
       <c r="B228" t="s">
         <v>20</v>
       </c>
       <c r="C228" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D228" t="s">
-        <v>845</v>
+        <v>917</v>
       </c>
       <c r="E228" t="s">
-        <v>846</v>
+        <v>918</v>
       </c>
       <c r="H228" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I228" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>847</v>
+        <v>919</v>
       </c>
       <c r="B229" t="s">
         <v>20</v>
       </c>
       <c r="C229" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D229" t="s">
-        <v>848</v>
+        <v>920</v>
       </c>
       <c r="E229" t="s">
-        <v>849</v>
+        <v>921</v>
       </c>
       <c r="H229" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I229" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>850</v>
+        <v>922</v>
       </c>
       <c r="B230" t="s">
         <v>20</v>
       </c>
       <c r="C230" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D230" t="s">
-        <v>851</v>
+        <v>923</v>
       </c>
       <c r="E230" t="s">
-        <v>852</v>
+        <v>924</v>
       </c>
       <c r="H230" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I230" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>853</v>
+        <v>925</v>
       </c>
       <c r="B231" t="s">
         <v>20</v>
       </c>
       <c r="C231" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D231" t="s">
-        <v>854</v>
+        <v>926</v>
       </c>
       <c r="E231" t="s">
-        <v>855</v>
+        <v>927</v>
       </c>
       <c r="H231" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I231" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>856</v>
+        <v>928</v>
       </c>
       <c r="B232" t="s">
         <v>20</v>
       </c>
       <c r="C232" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D232" t="s">
-        <v>857</v>
+        <v>929</v>
       </c>
       <c r="E232" t="s">
+        <v>930</v>
+      </c>
+      <c r="H232" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="I232" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>859</v>
+        <v>931</v>
       </c>
       <c r="B233" t="s">
         <v>20</v>
       </c>
       <c r="C233" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D233" t="s">
-        <v>860</v>
+        <v>932</v>
       </c>
       <c r="E233" t="s">
-        <v>861</v>
+        <v>933</v>
       </c>
       <c r="H233" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I233" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>862</v>
+        <v>934</v>
       </c>
       <c r="B234" t="s">
         <v>20</v>
       </c>
       <c r="C234" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D234" t="s">
-        <v>863</v>
+        <v>935</v>
       </c>
       <c r="E234" t="s">
-        <v>864</v>
+        <v>936</v>
       </c>
       <c r="H234" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I234" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>865</v>
+        <v>937</v>
       </c>
       <c r="B235" t="s">
         <v>20</v>
       </c>
       <c r="C235" t="s">
-        <v>532</v>
+        <v>938</v>
       </c>
       <c r="D235" t="s">
-        <v>866</v>
+        <v>939</v>
       </c>
       <c r="E235" t="s">
-        <v>867</v>
+        <v>940</v>
       </c>
       <c r="H235" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I235" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>868</v>
+        <v>941</v>
       </c>
       <c r="B236" t="s">
         <v>20</v>
       </c>
       <c r="C236" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D236" t="s">
-        <v>869</v>
+        <v>942</v>
       </c>
       <c r="E236" t="s">
-        <v>870</v>
+        <v>943</v>
       </c>
       <c r="H236" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I236" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>871</v>
+        <v>944</v>
       </c>
       <c r="B237" t="s">
         <v>20</v>
       </c>
       <c r="C237" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D237" t="s">
-        <v>872</v>
+        <v>945</v>
       </c>
       <c r="E237" t="s">
-        <v>873</v>
+        <v>946</v>
       </c>
       <c r="H237" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I237" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>874</v>
+        <v>947</v>
       </c>
       <c r="B238" t="s">
         <v>20</v>
       </c>
       <c r="C238" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D238" t="s">
-        <v>875</v>
+        <v>948</v>
       </c>
       <c r="E238" t="s">
-        <v>876</v>
+        <v>949</v>
       </c>
       <c r="H238" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I238" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>877</v>
+        <v>950</v>
       </c>
       <c r="B239" t="s">
         <v>20</v>
       </c>
       <c r="C239" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D239" t="s">
-        <v>878</v>
+        <v>951</v>
       </c>
       <c r="E239" t="s">
-        <v>879</v>
+        <v>952</v>
       </c>
       <c r="H239" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I239" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>880</v>
+        <v>953</v>
       </c>
       <c r="B240" t="s">
         <v>20</v>
       </c>
       <c r="C240" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D240" t="s">
-        <v>881</v>
+        <v>954</v>
       </c>
       <c r="E240" t="s">
-        <v>882</v>
+        <v>955</v>
       </c>
       <c r="H240" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I240" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>883</v>
+        <v>956</v>
       </c>
       <c r="B241" t="s">
         <v>20</v>
       </c>
       <c r="C241" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D241" t="s">
-        <v>884</v>
+        <v>957</v>
       </c>
       <c r="E241" t="s">
-        <v>885</v>
+        <v>958</v>
       </c>
       <c r="H241" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I241" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="B242" t="s">
         <v>20</v>
       </c>
       <c r="C242" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D242" t="s">
-        <v>887</v>
+        <v>960</v>
       </c>
       <c r="E242" t="s">
-        <v>888</v>
+        <v>961</v>
       </c>
       <c r="H242" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I242" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>889</v>
+        <v>962</v>
       </c>
       <c r="B243" t="s">
         <v>20</v>
       </c>
       <c r="C243" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D243" t="s">
-        <v>890</v>
+        <v>963</v>
       </c>
       <c r="E243" t="s">
-        <v>891</v>
+        <v>964</v>
       </c>
       <c r="H243" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I243" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>892</v>
+        <v>965</v>
       </c>
       <c r="B244" t="s">
         <v>20</v>
       </c>
       <c r="C244" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D244" t="s">
-        <v>893</v>
+        <v>966</v>
       </c>
       <c r="E244" t="s">
-        <v>894</v>
+        <v>967</v>
       </c>
       <c r="H244" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I244" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>895</v>
+        <v>968</v>
       </c>
       <c r="B245" t="s">
         <v>20</v>
       </c>
       <c r="C245" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D245" t="s">
-        <v>896</v>
+        <v>969</v>
       </c>
       <c r="E245" t="s">
-        <v>897</v>
+        <v>970</v>
       </c>
       <c r="H245" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I245" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>898</v>
+        <v>971</v>
       </c>
       <c r="B246" t="s">
         <v>20</v>
       </c>
       <c r="C246" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D246" t="s">
-        <v>899</v>
+        <v>972</v>
       </c>
       <c r="E246" t="s">
-        <v>900</v>
+        <v>973</v>
       </c>
       <c r="H246" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I246" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>901</v>
+        <v>974</v>
       </c>
       <c r="B247" t="s">
         <v>20</v>
       </c>
       <c r="C247" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D247" t="s">
-        <v>902</v>
+        <v>975</v>
       </c>
       <c r="E247" t="s">
-        <v>903</v>
+        <v>976</v>
       </c>
       <c r="H247" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I247" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>904</v>
+        <v>977</v>
       </c>
       <c r="B248" t="s">
         <v>20</v>
       </c>
       <c r="C248" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D248" t="s">
-        <v>905</v>
+        <v>978</v>
       </c>
       <c r="E248" t="s">
-        <v>906</v>
+        <v>979</v>
       </c>
       <c r="H248" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I248" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>907</v>
+        <v>980</v>
       </c>
       <c r="B249" t="s">
         <v>20</v>
       </c>
       <c r="C249" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D249" t="s">
-        <v>908</v>
+        <v>981</v>
       </c>
       <c r="E249" t="s">
-        <v>909</v>
+        <v>982</v>
       </c>
       <c r="H249" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I249" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>910</v>
+        <v>983</v>
       </c>
       <c r="B250" t="s">
         <v>20</v>
       </c>
       <c r="C250" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D250" t="s">
-        <v>911</v>
+        <v>984</v>
       </c>
       <c r="E250" t="s">
-        <v>912</v>
+        <v>985</v>
       </c>
       <c r="H250" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I250" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>913</v>
+        <v>986</v>
       </c>
       <c r="B251" t="s">
         <v>20</v>
       </c>
       <c r="C251" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D251" t="s">
-        <v>914</v>
+        <v>987</v>
       </c>
       <c r="E251" t="s">
-        <v>915</v>
+        <v>988</v>
       </c>
       <c r="H251" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I251" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>916</v>
+        <v>989</v>
       </c>
       <c r="B252" t="s">
         <v>20</v>
       </c>
       <c r="C252" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D252" t="s">
-        <v>917</v>
+        <v>990</v>
       </c>
       <c r="E252" t="s">
-        <v>918</v>
+        <v>991</v>
       </c>
       <c r="H252" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I252" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>919</v>
+        <v>992</v>
       </c>
       <c r="B253" t="s">
         <v>20</v>
       </c>
       <c r="C253" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D253" t="s">
-        <v>920</v>
+        <v>993</v>
       </c>
       <c r="E253" t="s">
-        <v>921</v>
+        <v>994</v>
       </c>
       <c r="H253" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I253" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>922</v>
+        <v>995</v>
       </c>
       <c r="B254" t="s">
         <v>20</v>
       </c>
       <c r="C254" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D254" t="s">
-        <v>923</v>
+        <v>996</v>
       </c>
       <c r="E254" t="s">
-        <v>924</v>
+        <v>997</v>
       </c>
       <c r="H254" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I254" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>925</v>
+        <v>998</v>
       </c>
       <c r="B255" t="s">
         <v>20</v>
       </c>
       <c r="C255" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D255" t="s">
-        <v>926</v>
+        <v>999</v>
       </c>
       <c r="E255" t="s">
-        <v>927</v>
+        <v>1000</v>
       </c>
       <c r="H255" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I255" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>928</v>
+        <v>1001</v>
       </c>
       <c r="B256" t="s">
         <v>20</v>
       </c>
       <c r="C256" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D256" t="s">
-        <v>929</v>
+        <v>1002</v>
       </c>
       <c r="E256" t="s">
-        <v>930</v>
+        <v>1003</v>
       </c>
       <c r="H256" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I256" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>931</v>
+        <v>1004</v>
       </c>
       <c r="B257" t="s">
         <v>20</v>
       </c>
       <c r="C257" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D257" t="s">
-        <v>932</v>
+        <v>1005</v>
       </c>
       <c r="E257" t="s">
-        <v>933</v>
+        <v>1006</v>
       </c>
       <c r="H257" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I257" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>934</v>
+        <v>1007</v>
       </c>
       <c r="B258" t="s">
         <v>20</v>
       </c>
       <c r="C258" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D258" t="s">
-        <v>935</v>
+        <v>1008</v>
       </c>
       <c r="E258" t="s">
-        <v>936</v>
+        <v>1009</v>
       </c>
       <c r="H258" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I258" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>937</v>
+        <v>1010</v>
       </c>
       <c r="B259" t="s">
         <v>20</v>
       </c>
       <c r="C259" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D259" t="s">
-        <v>938</v>
+        <v>1011</v>
       </c>
       <c r="E259" t="s">
-        <v>939</v>
+        <v>1012</v>
       </c>
       <c r="H259" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I259" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>940</v>
+        <v>1013</v>
       </c>
       <c r="B260" t="s">
         <v>20</v>
       </c>
       <c r="C260" t="s">
-        <v>941</v>
+        <v>855</v>
       </c>
       <c r="D260" t="s">
-        <v>942</v>
+        <v>1014</v>
       </c>
       <c r="E260" t="s">
-        <v>943</v>
+        <v>1015</v>
       </c>
       <c r="H260" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I260" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>944</v>
+        <v>1016</v>
       </c>
       <c r="B261" t="s">
         <v>20</v>
       </c>
       <c r="C261" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D261" t="s">
-        <v>945</v>
+        <v>1017</v>
       </c>
       <c r="E261" t="s">
-        <v>946</v>
+        <v>1018</v>
       </c>
       <c r="H261" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I261" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>947</v>
+        <v>1019</v>
       </c>
       <c r="B262" t="s">
         <v>20</v>
       </c>
       <c r="C262" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D262" t="s">
-        <v>948</v>
+        <v>1020</v>
       </c>
       <c r="E262" t="s">
-        <v>949</v>
+        <v>1021</v>
       </c>
       <c r="H262" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I262" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>950</v>
+        <v>1022</v>
       </c>
       <c r="B263" t="s">
         <v>20</v>
       </c>
       <c r="C263" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D263" t="s">
-        <v>951</v>
+        <v>1023</v>
       </c>
       <c r="E263" t="s">
-        <v>952</v>
+        <v>1024</v>
       </c>
       <c r="H263" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I263" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>953</v>
+        <v>1025</v>
       </c>
       <c r="B264" t="s">
         <v>20</v>
       </c>
       <c r="C264" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D264" t="s">
-        <v>954</v>
+        <v>1026</v>
       </c>
       <c r="E264" t="s">
-        <v>955</v>
+        <v>1027</v>
       </c>
       <c r="H264" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I264" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>956</v>
+        <v>1028</v>
       </c>
       <c r="B265" t="s">
         <v>20</v>
       </c>
       <c r="C265" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D265" t="s">
-        <v>957</v>
+        <v>1029</v>
       </c>
       <c r="E265" t="s">
-        <v>958</v>
+        <v>1030</v>
       </c>
       <c r="H265" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I265" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>959</v>
+        <v>1031</v>
       </c>
       <c r="B266" t="s">
         <v>20</v>
       </c>
       <c r="C266" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D266" t="s">
-        <v>960</v>
+        <v>1032</v>
       </c>
       <c r="E266" t="s">
-        <v>961</v>
+        <v>1033</v>
       </c>
       <c r="H266" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I266" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>962</v>
+        <v>1034</v>
       </c>
       <c r="B267" t="s">
         <v>20</v>
       </c>
       <c r="C267" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D267" t="s">
-        <v>963</v>
+        <v>1035</v>
       </c>
       <c r="E267" t="s">
-        <v>964</v>
+        <v>1036</v>
       </c>
       <c r="H267" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I267" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>965</v>
+        <v>1037</v>
       </c>
       <c r="B268" t="s">
         <v>20</v>
       </c>
       <c r="C268" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D268" t="s">
-        <v>966</v>
+        <v>1038</v>
       </c>
       <c r="E268" t="s">
-        <v>967</v>
+        <v>1039</v>
       </c>
       <c r="H268" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I268" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>968</v>
+        <v>1040</v>
       </c>
       <c r="B269" t="s">
         <v>20</v>
       </c>
       <c r="C269" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D269" t="s">
-        <v>969</v>
+        <v>1041</v>
       </c>
       <c r="E269" t="s">
-        <v>970</v>
+        <v>1042</v>
       </c>
       <c r="H269" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I269" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>971</v>
+        <v>1043</v>
       </c>
       <c r="B270" t="s">
         <v>20</v>
       </c>
       <c r="C270" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D270" t="s">
-        <v>972</v>
+        <v>1044</v>
       </c>
       <c r="E270" t="s">
-        <v>973</v>
+        <v>1045</v>
       </c>
       <c r="H270" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I270" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>974</v>
+        <v>1046</v>
       </c>
       <c r="B271" t="s">
         <v>20</v>
       </c>
       <c r="C271" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D271" t="s">
-        <v>975</v>
+        <v>1047</v>
       </c>
       <c r="E271" t="s">
-        <v>976</v>
+        <v>1048</v>
       </c>
       <c r="H271" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I271" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>977</v>
+        <v>1049</v>
       </c>
       <c r="B272" t="s">
         <v>20</v>
       </c>
       <c r="C272" t="s">
-        <v>532</v>
+        <v>1050</v>
       </c>
       <c r="D272" t="s">
-        <v>978</v>
+        <v>1051</v>
       </c>
       <c r="E272" t="s">
-        <v>979</v>
+        <v>1052</v>
       </c>
       <c r="H272" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I272" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>980</v>
+        <v>1053</v>
       </c>
       <c r="B273" t="s">
         <v>20</v>
       </c>
       <c r="C273" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D273" t="s">
-        <v>981</v>
+        <v>1054</v>
       </c>
       <c r="E273" t="s">
-        <v>982</v>
+        <v>1055</v>
       </c>
       <c r="H273" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I273" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>983</v>
+        <v>1056</v>
       </c>
       <c r="B274" t="s">
         <v>20</v>
       </c>
       <c r="C274" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D274" t="s">
-        <v>984</v>
+        <v>1057</v>
       </c>
       <c r="E274" t="s">
-        <v>985</v>
+        <v>1058</v>
       </c>
       <c r="H274" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I274" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>986</v>
+        <v>1059</v>
       </c>
       <c r="B275" t="s">
         <v>20</v>
       </c>
       <c r="C275" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D275" t="s">
-        <v>987</v>
+        <v>1060</v>
       </c>
       <c r="E275" t="s">
-        <v>988</v>
+        <v>1061</v>
       </c>
       <c r="H275" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I275" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>989</v>
+        <v>1062</v>
       </c>
       <c r="B276" t="s">
         <v>20</v>
       </c>
       <c r="C276" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D276" t="s">
-        <v>990</v>
+        <v>1063</v>
       </c>
       <c r="E276" t="s">
-        <v>991</v>
+        <v>1064</v>
       </c>
       <c r="H276" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I276" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>992</v>
+        <v>1065</v>
       </c>
       <c r="B277" t="s">
         <v>20</v>
       </c>
       <c r="C277" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D277" t="s">
-        <v>993</v>
+        <v>1066</v>
       </c>
       <c r="E277" t="s">
-        <v>994</v>
+        <v>1067</v>
       </c>
       <c r="H277" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I277" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>995</v>
+        <v>1068</v>
       </c>
       <c r="B278" t="s">
         <v>20</v>
       </c>
       <c r="C278" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D278" t="s">
-        <v>996</v>
+        <v>1069</v>
       </c>
       <c r="E278" t="s">
-        <v>997</v>
+        <v>1070</v>
       </c>
       <c r="H278" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I278" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>998</v>
+        <v>1071</v>
       </c>
       <c r="B279" t="s">
         <v>20</v>
       </c>
       <c r="C279" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D279" t="s">
-        <v>999</v>
+        <v>1072</v>
       </c>
       <c r="E279" t="s">
-        <v>1000</v>
+        <v>1073</v>
       </c>
       <c r="H279" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I279" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1001</v>
+        <v>1074</v>
       </c>
       <c r="B280" t="s">
         <v>20</v>
       </c>
       <c r="C280" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D280" t="s">
-        <v>1002</v>
+        <v>1075</v>
       </c>
       <c r="E280" t="s">
-        <v>1003</v>
+        <v>1076</v>
       </c>
       <c r="H280" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I280" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1004</v>
+        <v>1077</v>
       </c>
       <c r="B281" t="s">
         <v>20</v>
       </c>
       <c r="C281" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D281" t="s">
-        <v>1005</v>
+        <v>1078</v>
       </c>
       <c r="E281" t="s">
-        <v>1006</v>
+        <v>1079</v>
       </c>
       <c r="H281" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I281" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1007</v>
+        <v>1080</v>
       </c>
       <c r="B282" t="s">
         <v>20</v>
       </c>
       <c r="C282" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D282" t="s">
-        <v>1008</v>
+        <v>1081</v>
       </c>
       <c r="E282" t="s">
-        <v>1009</v>
+        <v>1082</v>
       </c>
       <c r="H282" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I282" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1010</v>
+        <v>1083</v>
       </c>
       <c r="B283" t="s">
         <v>20</v>
       </c>
       <c r="C283" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D283" t="s">
-        <v>1011</v>
+        <v>1084</v>
       </c>
       <c r="E283" t="s">
-        <v>1012</v>
+        <v>1085</v>
       </c>
       <c r="H283" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I283" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1013</v>
+        <v>1086</v>
       </c>
       <c r="B284" t="s">
         <v>20</v>
       </c>
       <c r="C284" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D284" t="s">
-        <v>1014</v>
+        <v>1087</v>
       </c>
       <c r="E284" t="s">
-        <v>1015</v>
+        <v>1088</v>
       </c>
       <c r="H284" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I284" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1016</v>
+        <v>1089</v>
       </c>
       <c r="B285" t="s">
         <v>20</v>
       </c>
       <c r="C285" t="s">
-        <v>615</v>
+        <v>855</v>
       </c>
       <c r="D285" t="s">
-        <v>1017</v>
+        <v>1090</v>
       </c>
       <c r="E285" t="s">
-        <v>1018</v>
+        <v>1091</v>
       </c>
       <c r="H285" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I285" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1019</v>
+        <v>1092</v>
       </c>
       <c r="B286" t="s">
         <v>20</v>
       </c>
       <c r="C286" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D286" t="s">
-        <v>1020</v>
+        <v>1093</v>
       </c>
       <c r="E286" t="s">
-        <v>1021</v>
+        <v>1094</v>
       </c>
       <c r="H286" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I286" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1022</v>
+        <v>1095</v>
       </c>
       <c r="B287" t="s">
         <v>20</v>
       </c>
       <c r="C287" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D287" t="s">
-        <v>1023</v>
+        <v>1096</v>
       </c>
       <c r="E287" t="s">
-        <v>1024</v>
+        <v>1097</v>
       </c>
       <c r="H287" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I287" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1025</v>
+        <v>1098</v>
       </c>
       <c r="B288" t="s">
         <v>20</v>
       </c>
       <c r="C288" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D288" t="s">
-        <v>1026</v>
+        <v>1099</v>
       </c>
       <c r="E288" t="s">
-        <v>1027</v>
+        <v>1100</v>
       </c>
       <c r="H288" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I288" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1028</v>
+        <v>1101</v>
       </c>
       <c r="B289" t="s">
         <v>20</v>
       </c>
       <c r="C289" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D289" t="s">
-        <v>1029</v>
+        <v>1102</v>
       </c>
       <c r="E289" t="s">
-        <v>1030</v>
+        <v>1103</v>
       </c>
       <c r="H289" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I289" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1031</v>
+        <v>1104</v>
       </c>
       <c r="B290" t="s">
         <v>20</v>
       </c>
       <c r="C290" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D290" t="s">
-        <v>1032</v>
+        <v>1105</v>
       </c>
       <c r="E290" t="s">
-        <v>1033</v>
+        <v>1106</v>
       </c>
       <c r="H290" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I290" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1034</v>
+        <v>1107</v>
       </c>
       <c r="B291" t="s">
         <v>20</v>
       </c>
       <c r="C291" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D291" t="s">
-        <v>1035</v>
+        <v>1108</v>
       </c>
       <c r="E291" t="s">
-        <v>1036</v>
+        <v>1109</v>
       </c>
       <c r="H291" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I291" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1037</v>
+        <v>1110</v>
       </c>
       <c r="B292" t="s">
         <v>20</v>
       </c>
       <c r="C292" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D292" t="s">
-        <v>1038</v>
+        <v>1111</v>
       </c>
       <c r="E292" t="s">
-        <v>1039</v>
+        <v>1112</v>
       </c>
       <c r="H292" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I292" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1040</v>
+        <v>1113</v>
       </c>
       <c r="B293" t="s">
         <v>20</v>
       </c>
       <c r="C293" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D293" t="s">
-        <v>1041</v>
+        <v>1114</v>
       </c>
       <c r="E293" t="s">
-        <v>1042</v>
+        <v>1115</v>
       </c>
       <c r="H293" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I293" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1043</v>
+        <v>1116</v>
       </c>
       <c r="B294" t="s">
         <v>20</v>
       </c>
       <c r="C294" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D294" t="s">
-        <v>1044</v>
+        <v>1117</v>
       </c>
       <c r="E294" t="s">
-        <v>1045</v>
+        <v>1118</v>
       </c>
       <c r="H294" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I294" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1046</v>
+        <v>1119</v>
       </c>
       <c r="B295" t="s">
         <v>20</v>
       </c>
       <c r="C295" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D295" t="s">
-        <v>1047</v>
+        <v>1120</v>
       </c>
       <c r="E295" t="s">
-        <v>1048</v>
+        <v>1121</v>
       </c>
       <c r="H295" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I295" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1049</v>
+        <v>1122</v>
       </c>
       <c r="B296" t="s">
         <v>20</v>
       </c>
       <c r="C296" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D296" t="s">
-        <v>1050</v>
+        <v>1123</v>
       </c>
       <c r="E296" t="s">
-        <v>1051</v>
+        <v>1124</v>
       </c>
       <c r="H296" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I296" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1052</v>
+        <v>1125</v>
       </c>
       <c r="B297" t="s">
         <v>20</v>
       </c>
       <c r="C297" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D297" t="s">
-        <v>1053</v>
+        <v>1126</v>
       </c>
       <c r="E297" t="s">
-        <v>1054</v>
+        <v>1127</v>
       </c>
       <c r="H297" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I297" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1055</v>
+        <v>1128</v>
       </c>
       <c r="B298" t="s">
         <v>20</v>
       </c>
       <c r="C298" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D298" t="s">
-        <v>1056</v>
+        <v>1129</v>
       </c>
       <c r="E298" t="s">
-        <v>1057</v>
+        <v>1130</v>
       </c>
       <c r="H298" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I298" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1058</v>
+        <v>1131</v>
       </c>
       <c r="B299" t="s">
         <v>20</v>
       </c>
       <c r="C299" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D299" t="s">
-        <v>1059</v>
+        <v>1132</v>
       </c>
       <c r="E299" t="s">
-        <v>1060</v>
+        <v>1133</v>
       </c>
       <c r="H299" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I299" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1061</v>
+        <v>1134</v>
       </c>
       <c r="B300" t="s">
         <v>20</v>
       </c>
       <c r="C300" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D300" t="s">
-        <v>1062</v>
+        <v>1135</v>
       </c>
       <c r="E300" t="s">
-        <v>1063</v>
+        <v>1136</v>
       </c>
       <c r="H300" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I300" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1064</v>
+        <v>1137</v>
       </c>
       <c r="B301" t="s">
         <v>20</v>
       </c>
       <c r="C301" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D301" t="s">
-        <v>1065</v>
+        <v>1138</v>
       </c>
       <c r="E301" t="s">
-        <v>1066</v>
+        <v>1139</v>
       </c>
       <c r="H301" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I301" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1067</v>
+        <v>1140</v>
       </c>
       <c r="B302" t="s">
         <v>20</v>
       </c>
       <c r="C302" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D302" t="s">
-        <v>1068</v>
+        <v>1141</v>
       </c>
       <c r="E302" t="s">
-        <v>1069</v>
+        <v>1142</v>
       </c>
       <c r="H302" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I302" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1070</v>
+        <v>1143</v>
       </c>
       <c r="B303" t="s">
         <v>20</v>
       </c>
       <c r="C303" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D303" t="s">
-        <v>1071</v>
+        <v>1144</v>
       </c>
       <c r="E303" t="s">
-        <v>1072</v>
+        <v>1145</v>
       </c>
       <c r="H303" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I303" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1073</v>
+        <v>1146</v>
       </c>
       <c r="B304" t="s">
         <v>20</v>
       </c>
       <c r="C304" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D304" t="s">
-        <v>1074</v>
+        <v>1147</v>
       </c>
       <c r="E304" t="s">
-        <v>1075</v>
+        <v>1148</v>
       </c>
       <c r="H304" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I304" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1076</v>
+        <v>1149</v>
       </c>
       <c r="B305" t="s">
         <v>20</v>
       </c>
       <c r="C305" t="s">
-        <v>532</v>
+        <v>855</v>
       </c>
       <c r="D305" t="s">
-        <v>1077</v>
+        <v>1150</v>
       </c>
       <c r="E305" t="s">
-        <v>1078</v>
+        <v>1151</v>
       </c>
       <c r="H305" t="s">
-        <v>535</v>
+        <v>858</v>
       </c>
       <c r="I305" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1079</v>
+        <v>1152</v>
       </c>
       <c r="B306" t="s">
         <v>20</v>
       </c>
       <c r="C306" t="s">
-        <v>1080</v>
+        <v>855</v>
       </c>
       <c r="D306" t="s">
-        <v>1081</v>
+        <v>1153</v>
       </c>
       <c r="E306" t="s">
-        <v>1082</v>
+        <v>1154</v>
       </c>
       <c r="H306" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I306" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1084</v>
+        <v>1155</v>
       </c>
       <c r="B307" t="s">
         <v>20</v>
       </c>
       <c r="C307" t="s">
-        <v>1085</v>
+        <v>855</v>
       </c>
       <c r="D307" t="s">
-        <v>1086</v>
+        <v>1156</v>
       </c>
       <c r="E307" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>1083</v>
+        <v>1157</v>
       </c>
       <c r="I307" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1088</v>
+        <v>1158</v>
       </c>
       <c r="B308" t="s">
         <v>20</v>
       </c>
       <c r="C308" t="s">
-        <v>1089</v>
+        <v>855</v>
       </c>
       <c r="D308" t="s">
-        <v>1090</v>
+        <v>1159</v>
       </c>
       <c r="E308" t="s">
-        <v>1091</v>
+        <v>1160</v>
       </c>
       <c r="H308" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I308" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1092</v>
+        <v>1161</v>
       </c>
       <c r="B309" t="s">
         <v>20</v>
       </c>
       <c r="C309" t="s">
-        <v>1093</v>
+        <v>855</v>
       </c>
       <c r="D309" t="s">
-        <v>1094</v>
+        <v>1162</v>
       </c>
       <c r="E309" t="s">
-        <v>1095</v>
+        <v>1163</v>
       </c>
       <c r="H309" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I309" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1096</v>
+        <v>1164</v>
       </c>
       <c r="B310" t="s">
         <v>20</v>
       </c>
       <c r="C310" t="s">
-        <v>1097</v>
+        <v>855</v>
       </c>
       <c r="D310" t="s">
-        <v>1098</v>
+        <v>1165</v>
       </c>
       <c r="E310" t="s">
-        <v>1099</v>
+        <v>1166</v>
       </c>
       <c r="H310" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I310" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1100</v>
+        <v>1167</v>
       </c>
       <c r="B311" t="s">
         <v>20</v>
       </c>
       <c r="C311" t="s">
-        <v>1101</v>
+        <v>855</v>
       </c>
       <c r="D311" t="s">
-        <v>1102</v>
+        <v>1168</v>
       </c>
       <c r="E311" t="s">
-        <v>1103</v>
+        <v>1169</v>
       </c>
       <c r="H311" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I311" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1104</v>
+        <v>1170</v>
       </c>
       <c r="B312" t="s">
         <v>20</v>
       </c>
       <c r="C312" t="s">
-        <v>1105</v>
+        <v>855</v>
       </c>
       <c r="D312" t="s">
-        <v>1106</v>
+        <v>1171</v>
       </c>
       <c r="E312" t="s">
-        <v>1107</v>
+        <v>1172</v>
       </c>
       <c r="H312" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I312" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1108</v>
+        <v>1173</v>
       </c>
       <c r="B313" t="s">
         <v>20</v>
       </c>
       <c r="C313" t="s">
-        <v>1109</v>
+        <v>855</v>
       </c>
       <c r="D313" t="s">
-        <v>1110</v>
+        <v>1174</v>
       </c>
       <c r="E313" t="s">
-        <v>1111</v>
+        <v>1175</v>
       </c>
       <c r="H313" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I313" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1112</v>
+        <v>1176</v>
       </c>
       <c r="B314" t="s">
         <v>20</v>
       </c>
       <c r="C314" t="s">
-        <v>1113</v>
+        <v>855</v>
       </c>
       <c r="D314" t="s">
-        <v>1114</v>
+        <v>1177</v>
       </c>
       <c r="E314" t="s">
-        <v>1115</v>
+        <v>1178</v>
       </c>
       <c r="H314" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I314" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1116</v>
+        <v>1179</v>
       </c>
       <c r="B315" t="s">
         <v>20</v>
       </c>
       <c r="C315" t="s">
-        <v>1117</v>
+        <v>855</v>
       </c>
       <c r="D315" t="s">
-        <v>1118</v>
+        <v>1180</v>
       </c>
       <c r="E315" t="s">
-        <v>1119</v>
+        <v>1181</v>
       </c>
       <c r="H315" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I315" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1120</v>
+        <v>1182</v>
       </c>
       <c r="B316" t="s">
         <v>20</v>
       </c>
       <c r="C316" t="s">
-        <v>1121</v>
+        <v>855</v>
       </c>
       <c r="D316" t="s">
-        <v>1122</v>
+        <v>1183</v>
       </c>
       <c r="E316" t="s">
-        <v>1123</v>
+        <v>1184</v>
       </c>
       <c r="H316" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I316" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1124</v>
+        <v>1185</v>
       </c>
       <c r="B317" t="s">
         <v>20</v>
       </c>
       <c r="C317" t="s">
-        <v>1125</v>
+        <v>855</v>
       </c>
       <c r="D317" t="s">
-        <v>1126</v>
+        <v>1186</v>
       </c>
       <c r="E317" t="s">
-        <v>1127</v>
+        <v>1187</v>
       </c>
       <c r="H317" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I317" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1128</v>
+        <v>1188</v>
       </c>
       <c r="B318" t="s">
         <v>20</v>
       </c>
       <c r="C318" t="s">
-        <v>1129</v>
+        <v>855</v>
       </c>
       <c r="D318" t="s">
-        <v>1130</v>
+        <v>1189</v>
       </c>
       <c r="E318" t="s">
-        <v>1131</v>
+        <v>1190</v>
       </c>
       <c r="H318" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I318" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1132</v>
+        <v>1191</v>
       </c>
       <c r="B319" t="s">
         <v>20</v>
       </c>
       <c r="C319" t="s">
-        <v>1133</v>
+        <v>855</v>
       </c>
       <c r="D319" t="s">
-        <v>1134</v>
+        <v>1192</v>
       </c>
       <c r="E319" t="s">
-        <v>1135</v>
+        <v>1193</v>
       </c>
       <c r="H319" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I319" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1136</v>
+        <v>1194</v>
       </c>
       <c r="B320" t="s">
         <v>20</v>
       </c>
       <c r="C320" t="s">
-        <v>1137</v>
+        <v>855</v>
       </c>
       <c r="D320" t="s">
-        <v>1138</v>
+        <v>1195</v>
       </c>
       <c r="E320" t="s">
-        <v>1139</v>
+        <v>1196</v>
       </c>
       <c r="H320" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I320" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1140</v>
+        <v>1197</v>
       </c>
       <c r="B321" t="s">
         <v>20</v>
       </c>
       <c r="C321" t="s">
-        <v>1141</v>
+        <v>855</v>
       </c>
       <c r="D321" t="s">
-        <v>1142</v>
+        <v>1198</v>
       </c>
       <c r="E321" t="s">
-        <v>1143</v>
+        <v>1199</v>
       </c>
       <c r="H321" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I321" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
-        <v>1144</v>
+        <v>1200</v>
       </c>
       <c r="B322" t="s">
         <v>20</v>
       </c>
       <c r="C322" t="s">
-        <v>1145</v>
+        <v>855</v>
       </c>
       <c r="D322" t="s">
-        <v>1146</v>
+        <v>1201</v>
       </c>
       <c r="E322" t="s">
-        <v>1147</v>
+        <v>1202</v>
       </c>
       <c r="H322" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I322" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1148</v>
+        <v>1203</v>
       </c>
       <c r="B323" t="s">
         <v>20</v>
       </c>
       <c r="C323" t="s">
-        <v>1149</v>
+        <v>855</v>
       </c>
       <c r="D323" t="s">
-        <v>1150</v>
+        <v>1204</v>
       </c>
       <c r="E323" t="s">
-        <v>1151</v>
+        <v>1205</v>
       </c>
       <c r="H323" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I323" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1152</v>
+        <v>1206</v>
       </c>
       <c r="B324" t="s">
         <v>20</v>
       </c>
       <c r="C324" t="s">
-        <v>1153</v>
+        <v>855</v>
       </c>
       <c r="D324" t="s">
-        <v>1154</v>
+        <v>1207</v>
       </c>
       <c r="E324" t="s">
-        <v>1155</v>
+        <v>1208</v>
       </c>
       <c r="H324" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I324" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
-        <v>1156</v>
+        <v>1209</v>
       </c>
       <c r="B325" t="s">
         <v>20</v>
       </c>
       <c r="C325" t="s">
-        <v>1157</v>
+        <v>855</v>
       </c>
       <c r="D325" t="s">
-        <v>1158</v>
+        <v>1210</v>
       </c>
       <c r="E325" t="s">
-        <v>1159</v>
+        <v>1211</v>
       </c>
       <c r="H325" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I325" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1160</v>
+        <v>1212</v>
       </c>
       <c r="B326" t="s">
         <v>20</v>
       </c>
       <c r="C326" t="s">
-        <v>1161</v>
+        <v>855</v>
       </c>
       <c r="D326" t="s">
-        <v>1162</v>
+        <v>1213</v>
       </c>
       <c r="E326" t="s">
-        <v>1163</v>
+        <v>1214</v>
       </c>
       <c r="H326" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I326" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1164</v>
+        <v>1215</v>
       </c>
       <c r="B327" t="s">
         <v>20</v>
       </c>
       <c r="C327" t="s">
-        <v>1165</v>
+        <v>855</v>
       </c>
       <c r="D327" t="s">
-        <v>1166</v>
+        <v>1216</v>
       </c>
       <c r="E327" t="s">
-        <v>1167</v>
+        <v>1217</v>
       </c>
       <c r="H327" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I327" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1168</v>
+        <v>1218</v>
       </c>
       <c r="B328" t="s">
         <v>20</v>
       </c>
       <c r="C328" t="s">
-        <v>1169</v>
+        <v>855</v>
       </c>
       <c r="D328" t="s">
-        <v>1170</v>
+        <v>1219</v>
       </c>
       <c r="E328" t="s">
-        <v>1171</v>
+        <v>1220</v>
       </c>
       <c r="H328" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I328" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1172</v>
+        <v>1221</v>
       </c>
       <c r="B329" t="s">
         <v>20</v>
       </c>
       <c r="C329" t="s">
-        <v>1173</v>
+        <v>855</v>
       </c>
       <c r="D329" t="s">
-        <v>1174</v>
+        <v>1222</v>
       </c>
       <c r="E329" t="s">
-        <v>1175</v>
+        <v>1223</v>
       </c>
       <c r="H329" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I329" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
-        <v>1176</v>
+        <v>1224</v>
       </c>
       <c r="B330" t="s">
         <v>20</v>
       </c>
       <c r="C330" t="s">
-        <v>1177</v>
+        <v>855</v>
       </c>
       <c r="D330" t="s">
-        <v>1178</v>
+        <v>1225</v>
       </c>
       <c r="E330" t="s">
-        <v>1179</v>
+        <v>1226</v>
       </c>
       <c r="H330" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I330" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1180</v>
+        <v>1227</v>
       </c>
       <c r="B331" t="s">
         <v>20</v>
       </c>
       <c r="C331" t="s">
-        <v>1181</v>
+        <v>855</v>
       </c>
       <c r="D331" t="s">
-        <v>1182</v>
+        <v>1228</v>
       </c>
       <c r="E331" t="s">
-        <v>1183</v>
+        <v>1229</v>
       </c>
       <c r="H331" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I331" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
-        <v>1184</v>
+        <v>1230</v>
       </c>
       <c r="B332" t="s">
         <v>20</v>
       </c>
       <c r="C332" t="s">
-        <v>1185</v>
+        <v>855</v>
       </c>
       <c r="D332" t="s">
-        <v>1186</v>
+        <v>1231</v>
       </c>
       <c r="E332" t="s">
-        <v>1187</v>
+        <v>1232</v>
       </c>
       <c r="H332" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I332" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1188</v>
+        <v>1233</v>
       </c>
       <c r="B333" t="s">
         <v>20</v>
       </c>
       <c r="C333" t="s">
-        <v>1189</v>
+        <v>855</v>
       </c>
       <c r="D333" t="s">
-        <v>1190</v>
+        <v>1234</v>
       </c>
       <c r="E333" t="s">
-        <v>1191</v>
+        <v>1235</v>
       </c>
       <c r="H333" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I333" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1192</v>
+        <v>1236</v>
       </c>
       <c r="B334" t="s">
         <v>20</v>
       </c>
       <c r="C334" t="s">
-        <v>1193</v>
+        <v>855</v>
       </c>
       <c r="D334" t="s">
-        <v>1194</v>
+        <v>1237</v>
       </c>
       <c r="E334" t="s">
-        <v>1195</v>
+        <v>1238</v>
       </c>
       <c r="H334" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I334" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1196</v>
+        <v>1239</v>
       </c>
       <c r="B335" t="s">
         <v>20</v>
       </c>
       <c r="C335" t="s">
-        <v>1197</v>
+        <v>855</v>
       </c>
       <c r="D335" t="s">
-        <v>1198</v>
+        <v>1240</v>
       </c>
       <c r="E335" t="s">
-        <v>1199</v>
+        <v>1241</v>
       </c>
       <c r="H335" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I335" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1200</v>
+        <v>1242</v>
       </c>
       <c r="B336" t="s">
         <v>20</v>
       </c>
       <c r="C336" t="s">
-        <v>1201</v>
+        <v>855</v>
       </c>
       <c r="D336" t="s">
-        <v>1202</v>
+        <v>1243</v>
       </c>
       <c r="E336" t="s">
-        <v>1203</v>
+        <v>1244</v>
+      </c>
+      <c r="H336" t="s">
+        <v>858</v>
       </c>
       <c r="I336" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1204</v>
+        <v>1245</v>
       </c>
       <c r="B337" t="s">
         <v>20</v>
       </c>
       <c r="C337" t="s">
-        <v>1205</v>
+        <v>855</v>
       </c>
       <c r="D337" t="s">
-        <v>1206</v>
+        <v>1246</v>
       </c>
       <c r="E337" t="s">
-        <v>1207</v>
+        <v>1247</v>
       </c>
       <c r="H337" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I337" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1208</v>
+        <v>1248</v>
       </c>
       <c r="B338" t="s">
         <v>20</v>
       </c>
       <c r="C338" t="s">
-        <v>1209</v>
+        <v>855</v>
       </c>
       <c r="D338" t="s">
-        <v>1210</v>
+        <v>1249</v>
       </c>
       <c r="E338" t="s">
-        <v>1211</v>
+        <v>1250</v>
       </c>
       <c r="H338" t="s">
-        <v>1083</v>
+        <v>858</v>
       </c>
       <c r="I338" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1212</v>
+        <v>1251</v>
       </c>
       <c r="B339" t="s">
         <v>20</v>
       </c>
       <c r="C339" t="s">
-        <v>1213</v>
+        <v>855</v>
       </c>
       <c r="D339" t="s">
-        <v>1214</v>
+        <v>1252</v>
       </c>
       <c r="E339" t="s">
-        <v>1215</v>
+        <v>1253</v>
       </c>
       <c r="H339" t="s">
-        <v>324</v>
+        <v>858</v>
       </c>
       <c r="I339" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1216</v>
+        <v>1254</v>
       </c>
       <c r="B340" t="s">
         <v>20</v>
       </c>
       <c r="C340" t="s">
-        <v>1217</v>
+        <v>855</v>
       </c>
       <c r="D340" t="s">
-        <v>1218</v>
+        <v>1255</v>
       </c>
       <c r="E340" t="s">
-        <v>1219</v>
+        <v>1256</v>
       </c>
       <c r="H340" t="s">
-        <v>1220</v>
+        <v>858</v>
       </c>
       <c r="I340" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1221</v>
+        <v>1257</v>
       </c>
       <c r="B341" t="s">
         <v>20</v>
       </c>
       <c r="C341" t="s">
-        <v>1222</v>
+        <v>855</v>
       </c>
       <c r="D341" t="s">
-        <v>1223</v>
+        <v>1258</v>
       </c>
       <c r="E341" t="s">
-        <v>1224</v>
+        <v>1259</v>
       </c>
       <c r="H341" t="s">
-        <v>343</v>
+        <v>858</v>
       </c>
       <c r="I341" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1225</v>
+        <v>1260</v>
       </c>
       <c r="B342" t="s">
         <v>20</v>
       </c>
       <c r="C342" t="s">
-        <v>1226</v>
+        <v>855</v>
       </c>
       <c r="D342" t="s">
-        <v>1227</v>
+        <v>1261</v>
       </c>
       <c r="E342" t="s">
-        <v>318</v>
+        <v>1262</v>
       </c>
       <c r="H342" t="s">
-        <v>1228</v>
+        <v>858</v>
       </c>
       <c r="I342" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1229</v>
+        <v>1263</v>
       </c>
       <c r="B343" t="s">
         <v>20</v>
       </c>
       <c r="C343" t="s">
-        <v>1230</v>
+        <v>1264</v>
       </c>
       <c r="D343" t="s">
-        <v>1231</v>
+        <v>1265</v>
       </c>
       <c r="E343" t="s">
-        <v>288</v>
+        <v>1266</v>
       </c>
       <c r="H343" t="s">
-        <v>343</v>
+        <v>858</v>
       </c>
       <c r="I343" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1232</v>
+        <v>1267</v>
       </c>
       <c r="B344" t="s">
         <v>20</v>
       </c>
       <c r="C344" t="s">
-        <v>1233</v>
+        <v>855</v>
       </c>
       <c r="D344" t="s">
-        <v>1234</v>
+        <v>1268</v>
       </c>
       <c r="E344" t="s">
-        <v>313</v>
+        <v>1269</v>
       </c>
       <c r="H344" t="s">
-        <v>1235</v>
+        <v>858</v>
       </c>
       <c r="I344" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1236</v>
+        <v>1270</v>
       </c>
       <c r="B345" t="s">
         <v>20</v>
       </c>
       <c r="C345" t="s">
-        <v>1237</v>
+        <v>855</v>
       </c>
       <c r="D345" t="s">
-        <v>1238</v>
+        <v>1271</v>
       </c>
       <c r="E345" t="s">
-        <v>1239</v>
+        <v>1272</v>
       </c>
       <c r="H345" t="s">
-        <v>1240</v>
+        <v>858</v>
       </c>
       <c r="I345" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1241</v>
+        <v>1273</v>
       </c>
       <c r="B346" t="s">
         <v>20</v>
       </c>
       <c r="C346" t="s">
-        <v>1242</v>
+        <v>855</v>
       </c>
       <c r="D346" t="s">
-        <v>1243</v>
+        <v>1274</v>
       </c>
       <c r="E346" t="s">
-        <v>1244</v>
+        <v>1275</v>
       </c>
       <c r="H346" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I346" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
-        <v>1245</v>
+        <v>1276</v>
       </c>
       <c r="B347" t="s">
         <v>20</v>
       </c>
       <c r="C347" t="s">
-        <v>1246</v>
+        <v>855</v>
       </c>
       <c r="D347" t="s">
-        <v>1247</v>
+        <v>1277</v>
       </c>
       <c r="E347" t="s">
-        <v>1248</v>
+        <v>1278</v>
       </c>
       <c r="H347" t="s">
-        <v>1240</v>
+        <v>858</v>
       </c>
       <c r="I347" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
-        <v>1249</v>
+        <v>1279</v>
       </c>
       <c r="B348" t="s">
         <v>20</v>
       </c>
       <c r="C348" t="s">
-        <v>1250</v>
+        <v>855</v>
       </c>
       <c r="D348" t="s">
-        <v>1251</v>
+        <v>1280</v>
       </c>
       <c r="E348" t="s">
-        <v>1252</v>
+        <v>1281</v>
       </c>
       <c r="H348" t="s">
-        <v>1240</v>
+        <v>858</v>
       </c>
       <c r="I348" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
-        <v>1253</v>
+        <v>1282</v>
       </c>
       <c r="B349" t="s">
         <v>20</v>
       </c>
       <c r="C349" t="s">
-        <v>1254</v>
+        <v>855</v>
       </c>
       <c r="D349" t="s">
-        <v>1255</v>
+        <v>1283</v>
       </c>
       <c r="E349" t="s">
-        <v>1256</v>
+        <v>1284</v>
       </c>
       <c r="H349" t="s">
-        <v>1240</v>
+        <v>858</v>
       </c>
       <c r="I349" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
-        <v>1257</v>
+        <v>1285</v>
       </c>
       <c r="B350" t="s">
         <v>20</v>
       </c>
       <c r="C350" t="s">
-        <v>1258</v>
+        <v>855</v>
       </c>
       <c r="D350" t="s">
-        <v>1259</v>
+        <v>1286</v>
       </c>
       <c r="E350" t="s">
-        <v>328</v>
+        <v>1287</v>
       </c>
       <c r="H350" t="s">
-        <v>1240</v>
+        <v>858</v>
       </c>
       <c r="I350" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
-        <v>1260</v>
+        <v>1288</v>
       </c>
       <c r="B351" t="s">
         <v>20</v>
       </c>
       <c r="C351" t="s">
-        <v>1261</v>
+        <v>855</v>
       </c>
       <c r="D351" t="s">
-        <v>1262</v>
+        <v>1289</v>
       </c>
       <c r="E351" t="s">
-        <v>333</v>
+        <v>1290</v>
       </c>
       <c r="H351" t="s">
-        <v>1240</v>
+        <v>858</v>
       </c>
       <c r="I351" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
-        <v>1263</v>
+        <v>1291</v>
       </c>
       <c r="B352" t="s">
         <v>20</v>
       </c>
       <c r="C352" t="s">
-        <v>1264</v>
+        <v>855</v>
       </c>
       <c r="D352" t="s">
-        <v>1265</v>
+        <v>1292</v>
       </c>
       <c r="E352" t="s">
-        <v>337</v>
+        <v>1293</v>
       </c>
       <c r="H352" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I352" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1266</v>
+        <v>1294</v>
       </c>
       <c r="B353" t="s">
         <v>20</v>
       </c>
       <c r="C353" t="s">
-        <v>1267</v>
+        <v>855</v>
       </c>
       <c r="D353" t="s">
-        <v>1268</v>
+        <v>1295</v>
       </c>
       <c r="E353" t="s">
-        <v>323</v>
+        <v>1296</v>
       </c>
       <c r="H353" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I353" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1269</v>
+        <v>1297</v>
       </c>
       <c r="B354" t="s">
         <v>20</v>
       </c>
       <c r="C354" t="s">
-        <v>1270</v>
+        <v>855</v>
       </c>
       <c r="D354" t="s">
-        <v>1271</v>
+        <v>1298</v>
       </c>
       <c r="E354" t="s">
-        <v>342</v>
+        <v>1299</v>
       </c>
       <c r="H354" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I354" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
-        <v>1272</v>
+        <v>1300</v>
       </c>
       <c r="B355" t="s">
         <v>20</v>
       </c>
       <c r="C355" t="s">
-        <v>1273</v>
+        <v>855</v>
       </c>
       <c r="D355" t="s">
-        <v>1274</v>
+        <v>1301</v>
       </c>
       <c r="E355" t="s">
-        <v>351</v>
+        <v>1302</v>
       </c>
       <c r="H355" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I355" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="B356" t="s">
         <v>20</v>
       </c>
       <c r="C356" t="s">
-        <v>1276</v>
+        <v>855</v>
       </c>
       <c r="D356" t="s">
-        <v>1277</v>
+        <v>1304</v>
       </c>
       <c r="E356" t="s">
-        <v>1278</v>
+        <v>1305</v>
       </c>
       <c r="H356" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I356" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
-        <v>1279</v>
+        <v>1306</v>
       </c>
       <c r="B357" t="s">
         <v>20</v>
       </c>
       <c r="C357" t="s">
-        <v>1280</v>
+        <v>855</v>
       </c>
       <c r="D357" t="s">
-        <v>1281</v>
+        <v>1307</v>
       </c>
       <c r="E357" t="s">
-        <v>347</v>
+        <v>1308</v>
       </c>
       <c r="H357" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I357" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
-        <v>1282</v>
+        <v>1309</v>
       </c>
       <c r="B358" t="s">
         <v>20</v>
       </c>
       <c r="C358" t="s">
-        <v>1283</v>
+        <v>855</v>
       </c>
       <c r="D358" t="s">
-        <v>1284</v>
+        <v>1310</v>
       </c>
       <c r="E358" t="s">
-        <v>355</v>
+        <v>1311</v>
       </c>
       <c r="H358" t="s">
-        <v>379</v>
+        <v>858</v>
       </c>
       <c r="I358" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
-        <v>1285</v>
+        <v>1312</v>
       </c>
       <c r="B359" t="s">
         <v>20</v>
       </c>
       <c r="C359" t="s">
-        <v>1286</v>
+        <v>855</v>
       </c>
       <c r="D359" t="s">
-        <v>1287</v>
+        <v>1313</v>
       </c>
       <c r="E359" t="s">
-        <v>359</v>
+        <v>1314</v>
+      </c>
+      <c r="H359" t="s">
+        <v>858</v>
       </c>
       <c r="I359" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
-        <v>1288</v>
+        <v>1315</v>
       </c>
       <c r="B360" t="s">
         <v>20</v>
       </c>
       <c r="C360" t="s">
-        <v>1289</v>
+        <v>855</v>
       </c>
       <c r="D360" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
       <c r="E360" t="s">
-        <v>1291</v>
+        <v>1317</v>
+      </c>
+      <c r="H360" t="s">
+        <v>858</v>
       </c>
       <c r="I360" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="B361" t="s">
         <v>20</v>
       </c>
       <c r="C361" t="s">
-        <v>1293</v>
+        <v>855</v>
       </c>
       <c r="D361" t="s">
-        <v>1294</v>
+        <v>1319</v>
       </c>
       <c r="E361" t="s">
-        <v>1295</v>
+        <v>1320</v>
+      </c>
+      <c r="H361" t="s">
+        <v>858</v>
       </c>
       <c r="I361" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
-        <v>1296</v>
+        <v>1321</v>
       </c>
       <c r="B362" t="s">
         <v>20</v>
       </c>
       <c r="C362" t="s">
-        <v>1297</v>
+        <v>855</v>
       </c>
       <c r="D362" t="s">
-        <v>1298</v>
+        <v>1322</v>
       </c>
       <c r="E362" t="s">
-        <v>1299</v>
+        <v>1323</v>
+      </c>
+      <c r="H362" t="s">
+        <v>858</v>
       </c>
       <c r="I362" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
-        <v>1300</v>
+        <v>1324</v>
       </c>
       <c r="B363" t="s">
         <v>20</v>
       </c>
       <c r="C363" t="s">
-        <v>1301</v>
+        <v>855</v>
       </c>
       <c r="D363" t="s">
-        <v>1302</v>
+        <v>1325</v>
       </c>
       <c r="E363" t="s">
-        <v>1303</v>
+        <v>1326</v>
+      </c>
+      <c r="H363" t="s">
+        <v>858</v>
       </c>
       <c r="I363" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
-        <v>1304</v>
+        <v>1327</v>
       </c>
       <c r="B364" t="s">
         <v>20</v>
       </c>
       <c r="C364" t="s">
-        <v>1305</v>
+        <v>855</v>
       </c>
       <c r="D364" t="s">
-        <v>1306</v>
+        <v>1328</v>
       </c>
       <c r="E364" t="s">
-        <v>1307</v>
+        <v>1329</v>
+      </c>
+      <c r="H364" t="s">
+        <v>858</v>
       </c>
       <c r="I364" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
-        <v>1308</v>
+        <v>1330</v>
       </c>
       <c r="B365" t="s">
         <v>20</v>
       </c>
       <c r="C365" t="s">
-        <v>1309</v>
+        <v>855</v>
       </c>
       <c r="D365" t="s">
-        <v>1310</v>
+        <v>1331</v>
       </c>
       <c r="E365" t="s">
-        <v>1311</v>
+        <v>1332</v>
+      </c>
+      <c r="H365" t="s">
+        <v>858</v>
       </c>
       <c r="I365" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
-        <v>1312</v>
+        <v>1333</v>
       </c>
       <c r="B366" t="s">
         <v>20</v>
       </c>
       <c r="C366" t="s">
-        <v>1313</v>
+        <v>855</v>
       </c>
       <c r="D366" t="s">
-        <v>1314</v>
+        <v>1334</v>
       </c>
       <c r="E366" t="s">
-        <v>1315</v>
+        <v>1335</v>
+      </c>
+      <c r="H366" t="s">
+        <v>858</v>
       </c>
       <c r="I366" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
-        <v>1316</v>
+        <v>1336</v>
       </c>
       <c r="B367" t="s">
         <v>20</v>
       </c>
       <c r="C367" t="s">
-        <v>1317</v>
+        <v>855</v>
       </c>
       <c r="D367" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="E367" t="s">
-        <v>1319</v>
+        <v>1338</v>
+      </c>
+      <c r="H367" t="s">
+        <v>858</v>
       </c>
       <c r="I367" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
-        <v>1320</v>
+        <v>1339</v>
       </c>
       <c r="B368" t="s">
         <v>20</v>
       </c>
       <c r="C368" t="s">
-        <v>1321</v>
+        <v>938</v>
       </c>
       <c r="D368" t="s">
-        <v>1322</v>
+        <v>1340</v>
       </c>
       <c r="E368" t="s">
-        <v>364</v>
+        <v>1341</v>
+      </c>
+      <c r="H368" t="s">
+        <v>858</v>
       </c>
       <c r="I368" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
-        <v>1323</v>
+        <v>1342</v>
       </c>
       <c r="B369" t="s">
         <v>20</v>
       </c>
       <c r="C369" t="s">
-        <v>1324</v>
+        <v>855</v>
       </c>
       <c r="D369" t="s">
-        <v>1325</v>
+        <v>1343</v>
       </c>
       <c r="E369" t="s">
-        <v>1326</v>
+        <v>1344</v>
+      </c>
+      <c r="H369" t="s">
+        <v>858</v>
       </c>
       <c r="I369" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1327</v>
+        <v>1345</v>
       </c>
       <c r="B370" t="s">
         <v>20</v>
       </c>
       <c r="C370" t="s">
-        <v>1328</v>
+        <v>855</v>
       </c>
       <c r="D370" t="s">
-        <v>1329</v>
+        <v>1346</v>
       </c>
       <c r="E370" t="s">
-        <v>1330</v>
+        <v>1347</v>
+      </c>
+      <c r="H370" t="s">
+        <v>858</v>
       </c>
       <c r="I370" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1331</v>
+        <v>1348</v>
       </c>
       <c r="B371" t="s">
         <v>20</v>
       </c>
       <c r="C371" t="s">
-        <v>1332</v>
+        <v>855</v>
       </c>
       <c r="D371" t="s">
-        <v>1333</v>
+        <v>1349</v>
       </c>
       <c r="E371" t="s">
-        <v>374</v>
+        <v>1350</v>
+      </c>
+      <c r="H371" t="s">
+        <v>858</v>
       </c>
       <c r="I371" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1334</v>
+        <v>1351</v>
       </c>
       <c r="B372" t="s">
         <v>20</v>
       </c>
       <c r="C372" t="s">
-        <v>1335</v>
+        <v>855</v>
       </c>
       <c r="D372" t="s">
-        <v>1336</v>
+        <v>1352</v>
       </c>
       <c r="E372" t="s">
-        <v>1337</v>
+        <v>1353</v>
+      </c>
+      <c r="H372" t="s">
+        <v>858</v>
       </c>
       <c r="I372" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
       <c r="B373" t="s">
         <v>20</v>
       </c>
       <c r="C373" t="s">
-        <v>1339</v>
+        <v>855</v>
       </c>
       <c r="D373" t="s">
-        <v>1340</v>
+        <v>1355</v>
       </c>
       <c r="E373" t="s">
-        <v>1341</v>
+        <v>1356</v>
+      </c>
+      <c r="H373" t="s">
+        <v>858</v>
       </c>
       <c r="I373" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="B374" t="s">
         <v>20</v>
       </c>
       <c r="C374" t="s">
-        <v>1343</v>
+        <v>855</v>
       </c>
       <c r="D374" t="s">
-        <v>1344</v>
+        <v>1358</v>
       </c>
       <c r="E374" t="s">
-        <v>1345</v>
+        <v>1359</v>
+      </c>
+      <c r="H374" t="s">
+        <v>858</v>
       </c>
       <c r="I374" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
-        <v>1346</v>
+        <v>1360</v>
       </c>
       <c r="B375" t="s">
         <v>20</v>
       </c>
       <c r="C375" t="s">
-        <v>1305</v>
+        <v>855</v>
       </c>
       <c r="D375" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="E375" t="s">
-        <v>378</v>
+        <v>1362</v>
+      </c>
+      <c r="H375" t="s">
+        <v>858</v>
       </c>
       <c r="I375" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
-        <v>1348</v>
+        <v>1363</v>
       </c>
       <c r="B376" t="s">
         <v>20</v>
       </c>
       <c r="C376" t="s">
-        <v>1349</v>
+        <v>855</v>
       </c>
       <c r="D376" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="E376" t="s">
-        <v>383</v>
+        <v>1365</v>
+      </c>
+      <c r="H376" t="s">
+        <v>858</v>
       </c>
       <c r="I376" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
-        <v>1351</v>
+        <v>1366</v>
       </c>
       <c r="B377" t="s">
         <v>20</v>
       </c>
       <c r="C377" t="s">
-        <v>1352</v>
+        <v>855</v>
       </c>
       <c r="D377" t="s">
-        <v>1353</v>
+        <v>1367</v>
       </c>
       <c r="E377" t="s">
-        <v>387</v>
+        <v>1368</v>
+      </c>
+      <c r="H377" t="s">
+        <v>858</v>
       </c>
       <c r="I377" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
-        <v>1354</v>
+        <v>1369</v>
       </c>
       <c r="B378" t="s">
-        <v>1355</v>
+        <v>20</v>
       </c>
       <c r="C378" t="s">
-        <v>1356</v>
+        <v>855</v>
       </c>
       <c r="D378" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="E378" t="s">
-        <v>164</v>
+        <v>1371</v>
+      </c>
+      <c r="H378" t="s">
+        <v>858</v>
       </c>
       <c r="I378" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
-        <v>1358</v>
+        <v>1372</v>
       </c>
       <c r="B379" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C379" t="s">
-        <v>1359</v>
+        <v>855</v>
       </c>
       <c r="D379" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="E379" t="s">
-        <v>168</v>
+        <v>1374</v>
+      </c>
+      <c r="H379" t="s">
+        <v>858</v>
       </c>
       <c r="I379" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
-        <v>1361</v>
+        <v>1375</v>
       </c>
       <c r="B380" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C380" t="s">
-        <v>1362</v>
+        <v>855</v>
       </c>
       <c r="D380" t="s">
-        <v>1363</v>
+        <v>1376</v>
       </c>
       <c r="E380" t="s">
-        <v>172</v>
+        <v>1377</v>
+      </c>
+      <c r="H380" t="s">
+        <v>858</v>
       </c>
       <c r="I380" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
-        <v>1364</v>
+        <v>1378</v>
       </c>
       <c r="B381" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C381" t="s">
-        <v>1365</v>
+        <v>855</v>
       </c>
       <c r="D381" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="E381" t="s">
-        <v>176</v>
+        <v>1380</v>
+      </c>
+      <c r="H381" t="s">
+        <v>858</v>
       </c>
       <c r="I381" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
       <c r="B382" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C382" t="s">
-        <v>1368</v>
+        <v>855</v>
       </c>
       <c r="D382" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="E382" t="s">
-        <v>184</v>
+        <v>1383</v>
+      </c>
+      <c r="H382" t="s">
+        <v>858</v>
       </c>
       <c r="I382" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1370</v>
+        <v>1384</v>
       </c>
       <c r="B383" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C383" t="s">
-        <v>1371</v>
+        <v>855</v>
       </c>
       <c r="D383" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="E383" t="s">
-        <v>188</v>
+        <v>1386</v>
+      </c>
+      <c r="H383" t="s">
+        <v>858</v>
       </c>
       <c r="I383" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1373</v>
+        <v>1387</v>
       </c>
       <c r="B384" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C384" t="s">
-        <v>1374</v>
+        <v>855</v>
       </c>
       <c r="D384" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="E384" t="s">
-        <v>192</v>
+        <v>1389</v>
+      </c>
+      <c r="H384" t="s">
+        <v>858</v>
       </c>
       <c r="I384" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="B385" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C385" t="s">
-        <v>1377</v>
+        <v>855</v>
       </c>
       <c r="D385" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
       <c r="E385" t="s">
-        <v>196</v>
+        <v>1392</v>
+      </c>
+      <c r="H385" t="s">
+        <v>858</v>
       </c>
       <c r="I385" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="B386" t="s">
         <v>20</v>
       </c>
       <c r="C386" t="s">
-        <v>1380</v>
+        <v>855</v>
       </c>
       <c r="D386" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="E386" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="H386" t="s">
-        <v>1383</v>
+        <v>858</v>
       </c>
       <c r="I386" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="B387" t="s">
         <v>20</v>
       </c>
       <c r="C387" t="s">
-        <v>1385</v>
+        <v>855</v>
       </c>
       <c r="D387" t="s">
-        <v>1386</v>
+        <v>1397</v>
       </c>
       <c r="E387" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="H387" t="s">
-        <v>1388</v>
+        <v>858</v>
       </c>
       <c r="I387" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="B388" t="s">
         <v>20</v>
       </c>
       <c r="C388" t="s">
-        <v>1390</v>
+        <v>855</v>
       </c>
       <c r="D388" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="E388" t="s">
-        <v>1392</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="H388" t="s">
-        <v>1393</v>
+        <v>858</v>
       </c>
       <c r="I388" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
       <c r="B389" t="s">
         <v>20</v>
       </c>
       <c r="C389" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="D389" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
       <c r="E389" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="H389" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="I389" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="B390" t="s">
         <v>20</v>
       </c>
       <c r="C390" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="D390" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="E390" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1410</v>
       </c>
       <c r="H390" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="I390" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="B391" t="s">
         <v>20</v>
       </c>
       <c r="C391" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="D391" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="E391" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1414</v>
       </c>
       <c r="H391" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="I391" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B392" t="s">
+        <v>20</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H392" t="s">
         <v>1406</v>
-      </c>
-[...16 lines deleted...]
-        <v>1393</v>
       </c>
       <c r="I392" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="B393" t="s">
         <v>20</v>
       </c>
       <c r="C393" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="D393" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="E393" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1422</v>
       </c>
       <c r="H393" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="I393" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="B394" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C394" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="D394" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
       <c r="E394" t="s">
-        <v>196</v>
+        <v>1426</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1406</v>
       </c>
       <c r="I394" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
       <c r="B395" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C395" t="s">
-        <v>1417</v>
+        <v>1428</v>
       </c>
       <c r="D395" t="s">
-        <v>1418</v>
+        <v>1429</v>
       </c>
       <c r="E395" t="s">
-        <v>200</v>
+        <v>1430</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1406</v>
       </c>
       <c r="I395" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="396" spans="1:16">
       <c r="A396" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="B396" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C396" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="D396" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="E396" t="s">
-        <v>1422</v>
+        <v>1434</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1406</v>
       </c>
       <c r="I396" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="397" spans="1:16">
       <c r="A397" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="B397" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C397" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="D397" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="E397" t="s">
-        <v>1426</v>
+        <v>1438</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1406</v>
       </c>
       <c r="I397" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="398" spans="1:16">
       <c r="A398" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="B398" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C398" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="D398" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="E398" t="s">
-        <v>214</v>
+        <v>1442</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1406</v>
       </c>
       <c r="I398" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="399" spans="1:16">
       <c r="A399" t="s">
-        <v>1430</v>
+        <v>1443</v>
       </c>
       <c r="B399" t="s">
         <v>20</v>
       </c>
       <c r="C399" t="s">
-        <v>1431</v>
+        <v>1444</v>
       </c>
       <c r="D399" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
       <c r="E399" t="s">
-        <v>35</v>
+        <v>1446</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1406</v>
       </c>
       <c r="I399" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="400" spans="1:16">
       <c r="A400" t="s">
-        <v>1433</v>
+        <v>1447</v>
       </c>
       <c r="B400" t="s">
         <v>20</v>
       </c>
       <c r="C400" t="s">
-        <v>1434</v>
+        <v>1448</v>
       </c>
       <c r="D400" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
       <c r="E400" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="H400" t="s">
-        <v>1437</v>
+        <v>1406</v>
       </c>
       <c r="I400" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="401" spans="1:16">
       <c r="A401" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
       <c r="B401" t="s">
         <v>20</v>
       </c>
       <c r="C401" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="D401" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="E401" t="s">
-        <v>1441</v>
-[...2 lines deleted...]
-        <v>1442</v>
+        <v>1454</v>
       </c>
       <c r="H401" t="s">
-        <v>1442</v>
+        <v>1406</v>
       </c>
       <c r="I401" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="402" spans="1:16">
       <c r="A402" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="B402" t="s">
         <v>20</v>
       </c>
       <c r="C402" t="s">
-        <v>1434</v>
+        <v>1456</v>
       </c>
       <c r="D402" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
       <c r="E402" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>1458</v>
       </c>
       <c r="H402" t="s">
-        <v>1446</v>
+        <v>1406</v>
       </c>
       <c r="I402" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="403" spans="1:16">
       <c r="A403" t="s">
-        <v>1447</v>
+        <v>1459</v>
       </c>
       <c r="B403" t="s">
         <v>20</v>
       </c>
       <c r="C403" t="s">
-        <v>1448</v>
+        <v>1460</v>
       </c>
       <c r="D403" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="E403" t="s">
-        <v>1450</v>
-[...2 lines deleted...]
-        <v>1451</v>
+        <v>1462</v>
       </c>
       <c r="H403" t="s">
-        <v>1451</v>
+        <v>1406</v>
       </c>
       <c r="I403" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="404" spans="1:16">
       <c r="A404" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
       <c r="B404" t="s">
         <v>20</v>
       </c>
       <c r="C404" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="D404" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="E404" t="s">
-        <v>1455</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>1466</v>
       </c>
       <c r="H404" t="s">
-        <v>1456</v>
+        <v>1406</v>
       </c>
       <c r="I404" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="405" spans="1:16">
       <c r="A405" t="s">
-        <v>1457</v>
+        <v>1467</v>
       </c>
       <c r="B405" t="s">
         <v>20</v>
       </c>
       <c r="C405" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="D405" t="s">
-        <v>1459</v>
+        <v>1469</v>
       </c>
       <c r="E405" t="s">
-        <v>1460</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>292</v>
       </c>
       <c r="H405" t="s">
-        <v>1456</v>
+        <v>1406</v>
       </c>
       <c r="I405" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="406" spans="1:16">
       <c r="A406" t="s">
-        <v>1461</v>
+        <v>1470</v>
       </c>
       <c r="B406" t="s">
         <v>20</v>
       </c>
       <c r="C406" t="s">
-        <v>1462</v>
+        <v>1471</v>
       </c>
       <c r="D406" t="s">
-        <v>1463</v>
+        <v>1472</v>
       </c>
       <c r="E406" t="s">
-        <v>1464</v>
-[...2 lines deleted...]
-        <v>1465</v>
+        <v>296</v>
       </c>
       <c r="H406" t="s">
-        <v>1465</v>
+        <v>1406</v>
       </c>
       <c r="I406" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="407" spans="1:16">
       <c r="A407" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="B407" t="s">
         <v>20</v>
       </c>
       <c r="C407" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="D407" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="E407" t="s">
-        <v>1469</v>
-[...2 lines deleted...]
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="H407" t="s">
-        <v>1470</v>
+        <v>1406</v>
       </c>
       <c r="I407" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="B408" t="s">
         <v>20</v>
       </c>
       <c r="C408" t="s">
-        <v>1467</v>
+        <v>1478</v>
       </c>
       <c r="D408" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="E408" t="s">
-        <v>1473</v>
-[...2 lines deleted...]
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="H408" t="s">
-        <v>1474</v>
+        <v>1406</v>
       </c>
       <c r="I408" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="409" spans="1:16">
       <c r="A409" t="s">
-        <v>1475</v>
+        <v>1481</v>
       </c>
       <c r="B409" t="s">
         <v>20</v>
       </c>
       <c r="C409" t="s">
-        <v>1476</v>
+        <v>1482</v>
       </c>
       <c r="D409" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="E409" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="H409" t="s">
-        <v>1479</v>
+        <v>1406</v>
       </c>
       <c r="I409" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="410" spans="1:16">
       <c r="A410" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="B410" t="s">
         <v>20</v>
       </c>
       <c r="C410" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="D410" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="E410" t="s">
-        <v>1483</v>
-[...2 lines deleted...]
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="H410" t="s">
-        <v>1484</v>
+        <v>1406</v>
       </c>
       <c r="I410" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="B411" t="s">
         <v>20</v>
       </c>
       <c r="C411" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="D411" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="E411" t="s">
-        <v>1488</v>
-[...2 lines deleted...]
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="H411" t="s">
-        <v>1489</v>
+        <v>1406</v>
       </c>
       <c r="I411" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="B412" t="s">
         <v>20</v>
       </c>
       <c r="C412" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="D412" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="E412" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="H412" t="s">
-        <v>1489</v>
+        <v>1406</v>
       </c>
       <c r="I412" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="413" spans="1:16">
       <c r="A413" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="B413" t="s">
         <v>20</v>
       </c>
       <c r="C413" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="D413" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="E413" t="s">
-        <v>1497</v>
-[...2 lines deleted...]
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="H413" t="s">
-        <v>1498</v>
+        <v>1406</v>
       </c>
       <c r="I413" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="414" spans="1:16">
       <c r="A414" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="B414" t="s">
         <v>20</v>
       </c>
       <c r="C414" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D414" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="E414" t="s">
-        <v>1502</v>
-[...2 lines deleted...]
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="H414" t="s">
-        <v>1498</v>
+        <v>1406</v>
       </c>
       <c r="I414" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="415" spans="1:16">
       <c r="A415" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="B415" t="s">
         <v>20</v>
       </c>
       <c r="C415" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D415" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="E415" t="s">
-        <v>1506</v>
-[...2 lines deleted...]
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="H415" t="s">
-        <v>1507</v>
+        <v>1406</v>
       </c>
       <c r="I415" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B416" t="s">
         <v>20</v>
       </c>
       <c r="C416" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D416" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="E416" t="s">
-        <v>1511</v>
-[...1 lines deleted...]
-      <c r="G416" t="s">
         <v>1512</v>
       </c>
       <c r="H416" t="s">
-        <v>1512</v>
+        <v>1406</v>
       </c>
       <c r="I416" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="417" spans="1:16">
       <c r="A417" t="s">
         <v>1513</v>
       </c>
       <c r="B417" t="s">
         <v>20</v>
       </c>
       <c r="C417" t="s">
         <v>1514</v>
       </c>
       <c r="D417" t="s">
         <v>1515</v>
       </c>
       <c r="E417" t="s">
         <v>1516</v>
       </c>
-      <c r="G417" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H417" t="s">
-        <v>1517</v>
+        <v>1406</v>
       </c>
       <c r="I417" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B418" t="s">
+        <v>20</v>
+      </c>
+      <c r="C418" t="s">
         <v>1518</v>
       </c>
-      <c r="B418" t="s">
-[...2 lines deleted...]
-      <c r="C418" t="s">
+      <c r="D418" t="s">
         <v>1519</v>
       </c>
-      <c r="D418" t="s">
+      <c r="E418" t="s">
         <v>1520</v>
       </c>
-      <c r="E418" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H418" t="s">
-        <v>1522</v>
+        <v>1406</v>
       </c>
       <c r="I418" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="419" spans="1:16">
       <c r="A419" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B419" t="s">
+        <v>20</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D419" t="s">
         <v>1523</v>
       </c>
-      <c r="B419" t="s">
-[...2 lines deleted...]
-      <c r="C419" t="s">
+      <c r="E419" t="s">
         <v>1524</v>
-      </c>
-[...10 lines deleted...]
-        <v>1527</v>
       </c>
       <c r="I419" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:16">
       <c r="A420" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B420" t="s">
+        <v>20</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E420" t="s">
         <v>1528</v>
       </c>
-      <c r="B420" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H420" t="s">
-        <v>1532</v>
+        <v>1406</v>
       </c>
       <c r="I420" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
       <c r="B421" t="s">
         <v>20</v>
       </c>
       <c r="C421" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="D421" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="E421" t="s">
-        <v>1536</v>
-[...2 lines deleted...]
-        <v>1537</v>
+        <v>288</v>
       </c>
       <c r="H421" t="s">
-        <v>1537</v>
+        <v>1406</v>
       </c>
       <c r="I421" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" t="s">
-        <v>1538</v>
+        <v>1532</v>
       </c>
       <c r="B422" t="s">
         <v>20</v>
       </c>
       <c r="C422" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="D422" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="E422" t="s">
-        <v>1541</v>
-[...2 lines deleted...]
-        <v>1542</v>
+        <v>1535</v>
       </c>
       <c r="H422" t="s">
-        <v>1542</v>
+        <v>647</v>
       </c>
       <c r="I422" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="423" spans="1:16">
       <c r="A423" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="B423" t="s">
         <v>20</v>
       </c>
       <c r="C423" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="D423" t="s">
-        <v>1545</v>
+        <v>1538</v>
       </c>
       <c r="E423" t="s">
-        <v>56</v>
+        <v>1539</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1540</v>
       </c>
       <c r="I423" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="B424" t="s">
         <v>20</v>
       </c>
       <c r="C424" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="D424" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
       <c r="E424" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-        <v>1550</v>
+        <v>1544</v>
       </c>
       <c r="H424" t="s">
-        <v>1550</v>
+        <v>666</v>
       </c>
       <c r="I424" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="425" spans="1:16">
       <c r="A425" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="B425" t="s">
         <v>20</v>
       </c>
       <c r="C425" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D425" t="s">
         <v>1547</v>
       </c>
-      <c r="D425" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E425" t="s">
-        <v>1553</v>
-[...2 lines deleted...]
-        <v>1554</v>
+        <v>641</v>
       </c>
       <c r="H425" t="s">
-        <v>1554</v>
+        <v>1548</v>
       </c>
       <c r="I425" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="426" spans="1:16">
       <c r="A426" t="s">
-        <v>1555</v>
+        <v>1549</v>
       </c>
       <c r="B426" t="s">
         <v>20</v>
       </c>
       <c r="C426" t="s">
-        <v>1556</v>
+        <v>1550</v>
       </c>
       <c r="D426" t="s">
-        <v>1557</v>
+        <v>1551</v>
       </c>
       <c r="E426" t="s">
-        <v>1558</v>
-[...2 lines deleted...]
-        <v>1559</v>
+        <v>611</v>
       </c>
       <c r="H426" t="s">
-        <v>1559</v>
+        <v>666</v>
       </c>
       <c r="I426" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="427" spans="1:16">
       <c r="A427" t="s">
-        <v>1560</v>
+        <v>1552</v>
       </c>
       <c r="B427" t="s">
         <v>20</v>
       </c>
       <c r="C427" t="s">
-        <v>1561</v>
+        <v>1553</v>
       </c>
       <c r="D427" t="s">
-        <v>1562</v>
+        <v>1554</v>
       </c>
       <c r="E427" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>636</v>
       </c>
       <c r="H427" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="I427" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="428" spans="1:16">
       <c r="A428" t="s">
-        <v>1565</v>
+        <v>1556</v>
       </c>
       <c r="B428" t="s">
         <v>20</v>
       </c>
       <c r="C428" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
       <c r="D428" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="E428" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>1569</v>
+        <v>1559</v>
       </c>
       <c r="H428" t="s">
-        <v>1569</v>
+        <v>1560</v>
       </c>
       <c r="I428" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="429" spans="1:16">
       <c r="A429" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="B429" t="s">
         <v>20</v>
       </c>
       <c r="C429" t="s">
-        <v>1571</v>
+        <v>1562</v>
       </c>
       <c r="D429" t="s">
-        <v>1572</v>
+        <v>1563</v>
       </c>
       <c r="E429" t="s">
-        <v>1573</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>1564</v>
       </c>
       <c r="H429" t="s">
-        <v>1574</v>
+        <v>702</v>
       </c>
       <c r="I429" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="430" spans="1:16">
       <c r="A430" t="s">
-        <v>1575</v>
+        <v>1565</v>
       </c>
       <c r="B430" t="s">
         <v>20</v>
       </c>
       <c r="C430" t="s">
-        <v>1576</v>
+        <v>1566</v>
       </c>
       <c r="D430" t="s">
-        <v>1577</v>
+        <v>1567</v>
       </c>
       <c r="E430" t="s">
-        <v>1578</v>
-[...2 lines deleted...]
-        <v>1579</v>
+        <v>1568</v>
       </c>
       <c r="H430" t="s">
-        <v>1579</v>
+        <v>1560</v>
       </c>
       <c r="I430" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="431" spans="1:16">
       <c r="A431" t="s">
-        <v>1580</v>
+        <v>1569</v>
       </c>
       <c r="B431" t="s">
         <v>20</v>
       </c>
       <c r="C431" t="s">
-        <v>1581</v>
+        <v>1570</v>
       </c>
       <c r="D431" t="s">
-        <v>1582</v>
+        <v>1571</v>
       </c>
       <c r="E431" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-        <v>1584</v>
+        <v>1572</v>
       </c>
       <c r="H431" t="s">
-        <v>1584</v>
+        <v>1560</v>
       </c>
       <c r="I431" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:16">
       <c r="A432" t="s">
-        <v>1585</v>
+        <v>1573</v>
       </c>
       <c r="B432" t="s">
         <v>20</v>
       </c>
       <c r="C432" t="s">
-        <v>1586</v>
+        <v>1574</v>
       </c>
       <c r="D432" t="s">
-        <v>1587</v>
+        <v>1575</v>
       </c>
       <c r="E432" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>1589</v>
+        <v>1576</v>
       </c>
       <c r="H432" t="s">
-        <v>1589</v>
+        <v>1560</v>
       </c>
       <c r="I432" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="433" spans="1:16">
       <c r="A433" t="s">
-        <v>1590</v>
+        <v>1577</v>
       </c>
       <c r="B433" t="s">
         <v>20</v>
       </c>
       <c r="C433" t="s">
-        <v>1591</v>
+        <v>1578</v>
       </c>
       <c r="D433" t="s">
-        <v>1592</v>
+        <v>1579</v>
       </c>
       <c r="E433" t="s">
-        <v>1593</v>
-[...2 lines deleted...]
-        <v>1594</v>
+        <v>651</v>
       </c>
       <c r="H433" t="s">
-        <v>1594</v>
+        <v>1560</v>
       </c>
       <c r="I433" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="434" spans="1:16">
       <c r="A434" t="s">
-        <v>1595</v>
+        <v>1580</v>
       </c>
       <c r="B434" t="s">
         <v>20</v>
       </c>
       <c r="C434" t="s">
-        <v>1596</v>
+        <v>1581</v>
       </c>
       <c r="D434" t="s">
-        <v>1597</v>
+        <v>1582</v>
       </c>
       <c r="E434" t="s">
-        <v>1598</v>
-[...2 lines deleted...]
-        <v>1599</v>
+        <v>656</v>
       </c>
       <c r="H434" t="s">
-        <v>1599</v>
+        <v>1560</v>
       </c>
       <c r="I434" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="435" spans="1:16">
       <c r="A435" t="s">
-        <v>1600</v>
+        <v>1583</v>
       </c>
       <c r="B435" t="s">
         <v>20</v>
       </c>
       <c r="C435" t="s">
-        <v>1601</v>
+        <v>1584</v>
       </c>
       <c r="D435" t="s">
-        <v>1602</v>
+        <v>1585</v>
       </c>
       <c r="E435" t="s">
-        <v>1603</v>
-[...2 lines deleted...]
-        <v>1604</v>
+        <v>660</v>
       </c>
       <c r="H435" t="s">
-        <v>1604</v>
+        <v>702</v>
       </c>
       <c r="I435" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="436" spans="1:16">
       <c r="A436" t="s">
-        <v>1605</v>
+        <v>1586</v>
       </c>
       <c r="B436" t="s">
         <v>20</v>
       </c>
       <c r="C436" t="s">
-        <v>1606</v>
+        <v>1587</v>
       </c>
       <c r="D436" t="s">
-        <v>1607</v>
+        <v>1588</v>
       </c>
       <c r="E436" t="s">
-        <v>1608</v>
-[...2 lines deleted...]
-        <v>1609</v>
+        <v>646</v>
       </c>
       <c r="H436" t="s">
-        <v>1609</v>
+        <v>702</v>
       </c>
       <c r="I436" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="437" spans="1:16">
       <c r="A437" t="s">
-        <v>1610</v>
+        <v>1589</v>
       </c>
       <c r="B437" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C437" t="s">
-        <v>1611</v>
+        <v>1590</v>
       </c>
       <c r="D437" t="s">
-        <v>1612</v>
+        <v>1591</v>
       </c>
       <c r="E437" t="s">
-        <v>17</v>
+        <v>665</v>
       </c>
       <c r="H437" t="s">
-        <v>1613</v>
+        <v>702</v>
       </c>
       <c r="I437" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="438" spans="1:16">
       <c r="A438" t="s">
-        <v>1614</v>
+        <v>1592</v>
       </c>
       <c r="B438" t="s">
         <v>20</v>
       </c>
       <c r="C438" t="s">
-        <v>1615</v>
+        <v>1593</v>
       </c>
       <c r="D438" t="s">
-        <v>1616</v>
+        <v>1594</v>
       </c>
       <c r="E438" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-        <v>1618</v>
+        <v>674</v>
       </c>
       <c r="H438" t="s">
-        <v>1618</v>
+        <v>702</v>
       </c>
       <c r="I438" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="439" spans="1:16">
       <c r="A439" t="s">
-        <v>1619</v>
+        <v>1595</v>
       </c>
       <c r="B439" t="s">
         <v>20</v>
       </c>
       <c r="C439" t="s">
-        <v>1620</v>
+        <v>1596</v>
       </c>
       <c r="D439" t="s">
-        <v>1621</v>
+        <v>1597</v>
       </c>
       <c r="E439" t="s">
-        <v>1622</v>
-[...2 lines deleted...]
-        <v>1623</v>
+        <v>1598</v>
       </c>
       <c r="H439" t="s">
-        <v>1623</v>
+        <v>702</v>
       </c>
       <c r="I439" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="440" spans="1:16">
       <c r="A440" t="s">
-        <v>1624</v>
+        <v>1599</v>
       </c>
       <c r="B440" t="s">
         <v>20</v>
       </c>
       <c r="C440" t="s">
-        <v>1625</v>
+        <v>1600</v>
       </c>
       <c r="D440" t="s">
-        <v>1626</v>
+        <v>1601</v>
       </c>
       <c r="E440" t="s">
-        <v>1627</v>
-[...2 lines deleted...]
-        <v>1628</v>
+        <v>670</v>
       </c>
       <c r="H440" t="s">
-        <v>1628</v>
+        <v>702</v>
       </c>
       <c r="I440" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="441" spans="1:16">
       <c r="A441" t="s">
-        <v>1629</v>
+        <v>1602</v>
       </c>
       <c r="B441" t="s">
         <v>20</v>
       </c>
       <c r="C441" t="s">
-        <v>1630</v>
+        <v>1603</v>
       </c>
       <c r="D441" t="s">
-        <v>1631</v>
+        <v>1604</v>
       </c>
       <c r="E441" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1532</v>
+        <v>678</v>
       </c>
       <c r="H441" t="s">
-        <v>1532</v>
+        <v>702</v>
       </c>
       <c r="I441" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="442" spans="1:16">
       <c r="A442" t="s">
-        <v>1633</v>
+        <v>1605</v>
       </c>
       <c r="B442" t="s">
         <v>20</v>
       </c>
       <c r="C442" t="s">
-        <v>1634</v>
+        <v>1606</v>
       </c>
       <c r="D442" t="s">
-        <v>1635</v>
+        <v>1607</v>
       </c>
       <c r="E442" t="s">
-        <v>1636</v>
-[...5 lines deleted...]
-        <v>1637</v>
+        <v>682</v>
       </c>
       <c r="I442" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="443" spans="1:16">
       <c r="A443" t="s">
-        <v>1638</v>
+        <v>1608</v>
       </c>
       <c r="B443" t="s">
         <v>20</v>
       </c>
       <c r="C443" t="s">
-        <v>1639</v>
+        <v>1609</v>
       </c>
       <c r="D443" t="s">
-        <v>1640</v>
+        <v>1610</v>
       </c>
       <c r="E443" t="s">
-        <v>1641</v>
-[...5 lines deleted...]
-        <v>1532</v>
+        <v>1611</v>
       </c>
       <c r="I443" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="444" spans="1:16">
       <c r="A444" t="s">
-        <v>1642</v>
+        <v>1612</v>
       </c>
       <c r="B444" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C444" t="s">
-        <v>1643</v>
+        <v>1613</v>
       </c>
       <c r="D444" t="s">
-        <v>1644</v>
+        <v>1614</v>
       </c>
       <c r="E444" t="s">
-        <v>1645</v>
-[...5 lines deleted...]
-        <v>1646</v>
+        <v>1615</v>
       </c>
       <c r="I444" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="445" spans="1:16">
       <c r="A445" t="s">
-        <v>1647</v>
+        <v>1616</v>
       </c>
       <c r="B445" t="s">
         <v>20</v>
       </c>
       <c r="C445" t="s">
-        <v>1648</v>
+        <v>1617</v>
       </c>
       <c r="D445" t="s">
-        <v>1649</v>
+        <v>1618</v>
       </c>
       <c r="E445" t="s">
-        <v>1650</v>
-[...5 lines deleted...]
-        <v>1651</v>
+        <v>1619</v>
       </c>
       <c r="I445" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="446" spans="1:16">
       <c r="A446" t="s">
-        <v>1652</v>
+        <v>1620</v>
       </c>
       <c r="B446" t="s">
         <v>20</v>
       </c>
       <c r="C446" t="s">
-        <v>1653</v>
+        <v>1621</v>
       </c>
       <c r="D446" t="s">
-        <v>1654</v>
+        <v>1622</v>
       </c>
       <c r="E446" t="s">
-        <v>1655</v>
-[...5 lines deleted...]
-        <v>1651</v>
+        <v>1623</v>
       </c>
       <c r="I446" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:16">
       <c r="A447" t="s">
-        <v>1656</v>
+        <v>1624</v>
       </c>
       <c r="B447" t="s">
         <v>20</v>
       </c>
       <c r="C447" t="s">
-        <v>1657</v>
+        <v>1625</v>
       </c>
       <c r="D447" t="s">
-        <v>1658</v>
+        <v>1626</v>
       </c>
       <c r="E447" t="s">
-        <v>1659</v>
-[...5 lines deleted...]
-        <v>1660</v>
+        <v>1627</v>
       </c>
       <c r="I447" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="448" spans="1:16">
       <c r="A448" t="s">
-        <v>1661</v>
+        <v>1628</v>
       </c>
       <c r="B448" t="s">
         <v>20</v>
       </c>
       <c r="C448" t="s">
-        <v>1662</v>
+        <v>1629</v>
       </c>
       <c r="D448" t="s">
-        <v>1663</v>
+        <v>1630</v>
       </c>
       <c r="E448" t="s">
-        <v>1664</v>
-[...5 lines deleted...]
-        <v>1665</v>
+        <v>1631</v>
       </c>
       <c r="I448" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="449" spans="1:16">
       <c r="A449" t="s">
-        <v>1666</v>
+        <v>1632</v>
       </c>
       <c r="B449" t="s">
         <v>20</v>
       </c>
       <c r="C449" t="s">
-        <v>1667</v>
+        <v>1633</v>
       </c>
       <c r="D449" t="s">
-        <v>1668</v>
+        <v>1634</v>
       </c>
       <c r="E449" t="s">
-        <v>1669</v>
-[...5 lines deleted...]
-        <v>1670</v>
+        <v>1635</v>
       </c>
       <c r="I449" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="450" spans="1:16">
       <c r="A450" t="s">
-        <v>1671</v>
+        <v>1636</v>
       </c>
       <c r="B450" t="s">
         <v>20</v>
       </c>
       <c r="C450" t="s">
-        <v>1672</v>
+        <v>1637</v>
       </c>
       <c r="D450" t="s">
-        <v>1673</v>
+        <v>1638</v>
       </c>
       <c r="E450" t="s">
-        <v>1674</v>
-[...5 lines deleted...]
-        <v>1675</v>
+        <v>1639</v>
       </c>
       <c r="I450" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:16">
       <c r="A451" t="s">
-        <v>1676</v>
+        <v>1640</v>
       </c>
       <c r="B451" t="s">
         <v>20</v>
       </c>
       <c r="C451" t="s">
-        <v>1677</v>
+        <v>1641</v>
       </c>
       <c r="D451" t="s">
-        <v>1678</v>
+        <v>1642</v>
       </c>
       <c r="E451" t="s">
-        <v>1679</v>
-[...5 lines deleted...]
-        <v>1680</v>
+        <v>687</v>
       </c>
       <c r="I451" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="452" spans="1:16">
       <c r="A452" t="s">
-        <v>1681</v>
+        <v>1643</v>
       </c>
       <c r="B452" t="s">
         <v>20</v>
       </c>
       <c r="C452" t="s">
-        <v>1682</v>
+        <v>1644</v>
       </c>
       <c r="D452" t="s">
-        <v>1683</v>
+        <v>1645</v>
       </c>
       <c r="E452" t="s">
-        <v>1684</v>
-[...5 lines deleted...]
-        <v>1685</v>
+        <v>1646</v>
       </c>
       <c r="I452" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="453" spans="1:16">
       <c r="A453" t="s">
-        <v>1686</v>
+        <v>1647</v>
       </c>
       <c r="B453" t="s">
         <v>20</v>
       </c>
       <c r="C453" t="s">
-        <v>1687</v>
+        <v>1648</v>
       </c>
       <c r="D453" t="s">
-        <v>1688</v>
+        <v>1649</v>
       </c>
       <c r="E453" t="s">
-        <v>1689</v>
-[...5 lines deleted...]
-        <v>1690</v>
+        <v>1650</v>
       </c>
       <c r="I453" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="454" spans="1:16">
       <c r="A454" t="s">
-        <v>1691</v>
+        <v>1651</v>
       </c>
       <c r="B454" t="s">
         <v>20</v>
       </c>
       <c r="C454" t="s">
-        <v>1692</v>
+        <v>1652</v>
       </c>
       <c r="D454" t="s">
-        <v>1693</v>
+        <v>1653</v>
       </c>
       <c r="E454" t="s">
-        <v>1694</v>
-[...5 lines deleted...]
-        <v>1695</v>
+        <v>697</v>
       </c>
       <c r="I454" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="455" spans="1:16">
       <c r="A455" t="s">
-        <v>1696</v>
+        <v>1654</v>
       </c>
       <c r="B455" t="s">
         <v>20</v>
       </c>
       <c r="C455" t="s">
-        <v>1697</v>
+        <v>1655</v>
       </c>
       <c r="D455" t="s">
-        <v>1698</v>
+        <v>1656</v>
       </c>
       <c r="E455" t="s">
-        <v>1699</v>
-[...5 lines deleted...]
-        <v>1695</v>
+        <v>1657</v>
       </c>
       <c r="I455" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="456" spans="1:16">
       <c r="A456" t="s">
-        <v>1700</v>
+        <v>1658</v>
       </c>
       <c r="B456" t="s">
         <v>20</v>
       </c>
       <c r="C456" t="s">
-        <v>1701</v>
+        <v>1659</v>
       </c>
       <c r="D456" t="s">
-        <v>1702</v>
+        <v>1660</v>
       </c>
       <c r="E456" t="s">
-        <v>1703</v>
-[...5 lines deleted...]
-        <v>1704</v>
+        <v>1661</v>
       </c>
       <c r="I456" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="457" spans="1:16">
       <c r="A457" t="s">
-        <v>1705</v>
+        <v>1662</v>
       </c>
       <c r="B457" t="s">
         <v>20</v>
       </c>
       <c r="C457" t="s">
-        <v>1706</v>
+        <v>1663</v>
       </c>
       <c r="D457" t="s">
-        <v>1707</v>
+        <v>1664</v>
       </c>
       <c r="E457" t="s">
-        <v>1708</v>
-[...5 lines deleted...]
-        <v>1709</v>
+        <v>1665</v>
       </c>
       <c r="I457" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:16">
       <c r="A458" t="s">
-        <v>1710</v>
+        <v>1666</v>
       </c>
       <c r="B458" t="s">
         <v>20</v>
       </c>
       <c r="C458" t="s">
-        <v>1711</v>
+        <v>1625</v>
       </c>
       <c r="D458" t="s">
-        <v>1712</v>
+        <v>1667</v>
       </c>
       <c r="E458" t="s">
-        <v>1713</v>
-[...5 lines deleted...]
-        <v>1714</v>
+        <v>701</v>
       </c>
       <c r="I458" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="459" spans="1:16">
       <c r="A459" t="s">
-        <v>1715</v>
+        <v>1668</v>
       </c>
       <c r="B459" t="s">
         <v>20</v>
       </c>
       <c r="C459" t="s">
-        <v>1716</v>
+        <v>1669</v>
       </c>
       <c r="D459" t="s">
-        <v>1717</v>
+        <v>1670</v>
       </c>
       <c r="E459" t="s">
-        <v>1718</v>
-[...5 lines deleted...]
-        <v>1719</v>
+        <v>706</v>
       </c>
       <c r="I459" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="460" spans="1:16">
       <c r="A460" t="s">
-        <v>1720</v>
+        <v>1671</v>
       </c>
       <c r="B460" t="s">
         <v>20</v>
       </c>
       <c r="C460" t="s">
-        <v>1721</v>
+        <v>1672</v>
       </c>
       <c r="D460" t="s">
-        <v>1722</v>
+        <v>1673</v>
       </c>
       <c r="E460" t="s">
-        <v>1723</v>
-[...5 lines deleted...]
-        <v>1724</v>
+        <v>710</v>
       </c>
       <c r="I460" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="461" spans="1:16">
       <c r="A461" t="s">
-        <v>1725</v>
+        <v>1674</v>
       </c>
       <c r="B461" t="s">
-        <v>20</v>
+        <v>1675</v>
       </c>
       <c r="C461" t="s">
-        <v>1726</v>
+        <v>1676</v>
       </c>
       <c r="D461" t="s">
-        <v>1727</v>
+        <v>1677</v>
       </c>
       <c r="E461" t="s">
-        <v>1641</v>
-[...5 lines deleted...]
-        <v>1728</v>
+        <v>488</v>
       </c>
       <c r="I461" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:16">
       <c r="A462" t="s">
-        <v>1729</v>
+        <v>1678</v>
       </c>
       <c r="B462" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C462" t="s">
-        <v>1730</v>
+        <v>1679</v>
       </c>
       <c r="D462" t="s">
-        <v>1731</v>
+        <v>1680</v>
       </c>
       <c r="E462" t="s">
-        <v>1732</v>
-[...5 lines deleted...]
-        <v>1733</v>
+        <v>492</v>
       </c>
       <c r="I462" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="463" spans="1:16">
       <c r="A463" t="s">
-        <v>1734</v>
+        <v>1681</v>
       </c>
       <c r="B463" t="s">
-        <v>1735</v>
+        <v>14</v>
       </c>
       <c r="C463" t="s">
-        <v>1736</v>
+        <v>1682</v>
       </c>
       <c r="D463" t="s">
-        <v>1737</v>
+        <v>1683</v>
       </c>
       <c r="E463" t="s">
-        <v>1738</v>
-[...5 lines deleted...]
-        <v>1739</v>
+        <v>496</v>
       </c>
       <c r="I463" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="464" spans="1:16">
       <c r="A464" t="s">
-        <v>1740</v>
+        <v>1684</v>
       </c>
       <c r="B464" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C464" t="s">
-        <v>1741</v>
+        <v>1685</v>
       </c>
       <c r="D464" t="s">
-        <v>1742</v>
+        <v>1686</v>
       </c>
       <c r="E464" t="s">
-        <v>1743</v>
-[...5 lines deleted...]
-        <v>1744</v>
+        <v>500</v>
       </c>
       <c r="I464" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="465" spans="1:16">
       <c r="A465" t="s">
-        <v>1745</v>
+        <v>1687</v>
       </c>
       <c r="B465" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C465" t="s">
-        <v>1746</v>
+        <v>1688</v>
       </c>
       <c r="D465" t="s">
-        <v>1747</v>
+        <v>1689</v>
       </c>
       <c r="E465" t="s">
-        <v>1748</v>
-[...5 lines deleted...]
-        <v>1749</v>
+        <v>508</v>
       </c>
       <c r="I465" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="466" spans="1:16">
       <c r="A466" t="s">
-        <v>1750</v>
+        <v>1690</v>
       </c>
       <c r="B466" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C466" t="s">
-        <v>1751</v>
+        <v>1691</v>
       </c>
       <c r="D466" t="s">
-        <v>1752</v>
+        <v>1692</v>
       </c>
       <c r="E466" t="s">
-        <v>1753</v>
-[...5 lines deleted...]
-        <v>1754</v>
+        <v>512</v>
       </c>
       <c r="I466" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="467" spans="1:16">
       <c r="A467" t="s">
-        <v>1755</v>
+        <v>1693</v>
       </c>
       <c r="B467" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C467" t="s">
-        <v>1756</v>
+        <v>1694</v>
       </c>
       <c r="D467" t="s">
-        <v>1757</v>
+        <v>1695</v>
       </c>
       <c r="E467" t="s">
-        <v>1758</v>
-[...5 lines deleted...]
-        <v>1754</v>
+        <v>516</v>
       </c>
       <c r="I467" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="468" spans="1:16">
       <c r="A468" t="s">
-        <v>1759</v>
+        <v>1696</v>
       </c>
       <c r="B468" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C468" t="s">
-        <v>1760</v>
+        <v>1697</v>
       </c>
       <c r="D468" t="s">
-        <v>1761</v>
+        <v>1698</v>
       </c>
       <c r="E468" t="s">
-        <v>1762</v>
-[...5 lines deleted...]
-        <v>1763</v>
+        <v>520</v>
       </c>
       <c r="I468" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="469" spans="1:16">
       <c r="A469" t="s">
-        <v>1764</v>
+        <v>1699</v>
       </c>
       <c r="B469" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C469" t="s">
-        <v>1765</v>
+        <v>1700</v>
       </c>
       <c r="D469" t="s">
-        <v>1766</v>
+        <v>1701</v>
       </c>
       <c r="E469" t="s">
-        <v>1767</v>
+        <v>1702</v>
       </c>
       <c r="G469" t="s">
-        <v>1763</v>
+        <v>1703</v>
       </c>
       <c r="H469" t="s">
-        <v>1763</v>
+        <v>1703</v>
       </c>
       <c r="I469" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="470" spans="1:16">
       <c r="A470" t="s">
-        <v>1768</v>
+        <v>1704</v>
       </c>
       <c r="B470" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C470" t="s">
-        <v>1769</v>
+        <v>1705</v>
       </c>
       <c r="D470" t="s">
-        <v>1770</v>
+        <v>1706</v>
       </c>
       <c r="E470" t="s">
-        <v>1771</v>
+        <v>1707</v>
       </c>
       <c r="G470" t="s">
-        <v>1763</v>
+        <v>1708</v>
       </c>
       <c r="H470" t="s">
-        <v>1763</v>
+        <v>1708</v>
       </c>
       <c r="I470" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="471" spans="1:16">
       <c r="A471" t="s">
-        <v>1772</v>
+        <v>1709</v>
       </c>
       <c r="B471" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C471" t="s">
-        <v>1773</v>
+        <v>1710</v>
       </c>
       <c r="D471" t="s">
-        <v>1774</v>
+        <v>1711</v>
       </c>
       <c r="E471" t="s">
-        <v>1775</v>
+        <v>1712</v>
       </c>
       <c r="G471" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="H471" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="I471" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="472" spans="1:16">
       <c r="A472" t="s">
-        <v>1776</v>
+        <v>1714</v>
       </c>
       <c r="B472" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C472" t="s">
-        <v>1777</v>
+        <v>1715</v>
       </c>
       <c r="D472" t="s">
-        <v>1778</v>
+        <v>1716</v>
       </c>
       <c r="E472" t="s">
-        <v>1779</v>
+        <v>1717</v>
       </c>
       <c r="G472" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="H472" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="I472" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="473" spans="1:16">
       <c r="A473" t="s">
-        <v>1780</v>
+        <v>1718</v>
       </c>
       <c r="B473" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C473" t="s">
-        <v>1781</v>
+        <v>1719</v>
       </c>
       <c r="D473" t="s">
-        <v>1782</v>
+        <v>1720</v>
       </c>
       <c r="E473" t="s">
-        <v>1783</v>
+        <v>1721</v>
       </c>
       <c r="G473" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="H473" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="I473" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="474" spans="1:16">
       <c r="A474" t="s">
-        <v>1784</v>
+        <v>1722</v>
       </c>
       <c r="B474" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C474" t="s">
-        <v>1785</v>
+        <v>1723</v>
       </c>
       <c r="D474" t="s">
-        <v>1786</v>
+        <v>1724</v>
       </c>
       <c r="E474" t="s">
-        <v>1787</v>
+        <v>1725</v>
       </c>
       <c r="G474" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="H474" t="s">
-        <v>1763</v>
+        <v>1713</v>
       </c>
       <c r="I474" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="475" spans="1:16">
       <c r="A475" t="s">
-        <v>1788</v>
+        <v>1726</v>
       </c>
       <c r="B475" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C475" t="s">
-        <v>1789</v>
+        <v>1723</v>
       </c>
       <c r="D475" t="s">
-        <v>1790</v>
+        <v>1727</v>
       </c>
       <c r="E475" t="s">
-        <v>1791</v>
+        <v>1728</v>
       </c>
       <c r="G475" t="s">
-        <v>1792</v>
+        <v>1713</v>
       </c>
       <c r="H475" t="s">
-        <v>1792</v>
+        <v>1713</v>
       </c>
       <c r="I475" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="476" spans="1:16">
       <c r="A476" t="s">
-        <v>1793</v>
+        <v>1729</v>
       </c>
       <c r="B476" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C476" t="s">
-        <v>1794</v>
+        <v>1730</v>
       </c>
       <c r="D476" t="s">
-        <v>1795</v>
+        <v>1731</v>
       </c>
       <c r="E476" t="s">
-        <v>1796</v>
+        <v>1732</v>
       </c>
       <c r="G476" t="s">
-        <v>1792</v>
+        <v>1713</v>
       </c>
       <c r="H476" t="s">
-        <v>1792</v>
+        <v>1713</v>
       </c>
       <c r="I476" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="477" spans="1:16">
       <c r="A477" t="s">
-        <v>1797</v>
+        <v>1733</v>
       </c>
       <c r="B477" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C477" t="s">
-        <v>1798</v>
+        <v>1734</v>
       </c>
       <c r="D477" t="s">
-        <v>1799</v>
+        <v>1735</v>
       </c>
       <c r="E477" t="s">
-        <v>1800</v>
-[...5 lines deleted...]
-        <v>1801</v>
+        <v>520</v>
       </c>
       <c r="I477" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="478" spans="1:16">
       <c r="A478" t="s">
-        <v>1802</v>
+        <v>1736</v>
       </c>
       <c r="B478" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C478" t="s">
-        <v>1803</v>
+        <v>1737</v>
       </c>
       <c r="D478" t="s">
-        <v>1804</v>
+        <v>1738</v>
       </c>
       <c r="E478" t="s">
-        <v>1805</v>
-[...5 lines deleted...]
-        <v>1801</v>
+        <v>524</v>
       </c>
       <c r="I478" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="479" spans="1:16">
       <c r="A479" t="s">
-        <v>1806</v>
+        <v>1739</v>
       </c>
       <c r="B479" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C479" t="s">
-        <v>1807</v>
+        <v>1740</v>
       </c>
       <c r="D479" t="s">
-        <v>1808</v>
+        <v>1741</v>
       </c>
       <c r="E479" t="s">
-        <v>1809</v>
-[...5 lines deleted...]
-        <v>1801</v>
+        <v>1742</v>
       </c>
       <c r="I479" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="480" spans="1:16">
       <c r="A480" t="s">
-        <v>1810</v>
+        <v>1743</v>
       </c>
       <c r="B480" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C480" t="s">
-        <v>1811</v>
+        <v>1744</v>
       </c>
       <c r="D480" t="s">
-        <v>1812</v>
+        <v>1745</v>
       </c>
       <c r="E480" t="s">
-        <v>1813</v>
-[...5 lines deleted...]
-        <v>1801</v>
+        <v>1746</v>
       </c>
       <c r="I480" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="481" spans="1:16">
       <c r="A481" t="s">
-        <v>1814</v>
+        <v>1747</v>
       </c>
       <c r="B481" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="C481" t="s">
-        <v>1815</v>
+        <v>1748</v>
       </c>
       <c r="D481" t="s">
-        <v>1816</v>
+        <v>1749</v>
       </c>
       <c r="E481" t="s">
-        <v>1817</v>
-[...5 lines deleted...]
-        <v>1818</v>
+        <v>538</v>
       </c>
       <c r="I481" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:16">
       <c r="A482" t="s">
-        <v>1819</v>
+        <v>1750</v>
       </c>
       <c r="B482" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C482" t="s">
-        <v>1820</v>
+        <v>1751</v>
       </c>
       <c r="D482" t="s">
-        <v>1821</v>
+        <v>1752</v>
       </c>
       <c r="E482" t="s">
-        <v>1822</v>
-[...5 lines deleted...]
-        <v>1690</v>
+        <v>365</v>
       </c>
       <c r="I482" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="483" spans="1:16">
       <c r="A483" t="s">
-        <v>1823</v>
+        <v>1753</v>
       </c>
       <c r="B483" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C483" t="s">
-        <v>1824</v>
+        <v>1754</v>
       </c>
       <c r="D483" t="s">
-        <v>1825</v>
+        <v>1755</v>
       </c>
       <c r="E483" t="s">
-        <v>1826</v>
+        <v>1756</v>
       </c>
       <c r="G483" t="s">
-        <v>1827</v>
+        <v>1757</v>
       </c>
       <c r="H483" t="s">
-        <v>1827</v>
+        <v>1757</v>
       </c>
       <c r="I483" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="484" spans="1:16">
       <c r="A484" t="s">
-        <v>1828</v>
+        <v>1758</v>
       </c>
       <c r="B484" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C484" t="s">
-        <v>1829</v>
+        <v>1759</v>
       </c>
       <c r="D484" t="s">
-        <v>1830</v>
+        <v>1760</v>
       </c>
       <c r="E484" t="s">
-        <v>1831</v>
+        <v>1761</v>
       </c>
       <c r="G484" t="s">
-        <v>1827</v>
+        <v>1762</v>
       </c>
       <c r="H484" t="s">
-        <v>1832</v>
+        <v>1762</v>
       </c>
       <c r="I484" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="485" spans="1:16">
       <c r="A485" t="s">
-        <v>1833</v>
+        <v>1763</v>
       </c>
       <c r="B485" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C485" t="s">
-        <v>1834</v>
+        <v>1754</v>
       </c>
       <c r="D485" t="s">
-        <v>1835</v>
+        <v>1764</v>
       </c>
       <c r="E485" t="s">
-        <v>1836</v>
+        <v>1765</v>
       </c>
       <c r="G485" t="s">
-        <v>1837</v>
+        <v>1766</v>
       </c>
       <c r="H485" t="s">
-        <v>1837</v>
+        <v>1766</v>
       </c>
       <c r="I485" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="486" spans="1:16">
       <c r="A486" t="s">
-        <v>1838</v>
+        <v>1767</v>
       </c>
       <c r="B486" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C486" t="s">
-        <v>1839</v>
+        <v>1768</v>
       </c>
       <c r="D486" t="s">
-        <v>1840</v>
+        <v>1769</v>
       </c>
       <c r="E486" t="s">
-        <v>1841</v>
+        <v>1770</v>
       </c>
       <c r="G486" t="s">
-        <v>1842</v>
+        <v>1771</v>
       </c>
       <c r="H486" t="s">
-        <v>1842</v>
+        <v>1771</v>
       </c>
       <c r="I486" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:16">
       <c r="A487" t="s">
-        <v>1843</v>
+        <v>1772</v>
       </c>
       <c r="B487" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C487" t="s">
-        <v>1844</v>
+        <v>1773</v>
       </c>
       <c r="D487" t="s">
-        <v>1845</v>
+        <v>1774</v>
       </c>
       <c r="E487" t="s">
-        <v>1846</v>
+        <v>1775</v>
       </c>
       <c r="G487" t="s">
-        <v>1847</v>
+        <v>1776</v>
       </c>
       <c r="H487" t="s">
-        <v>1847</v>
+        <v>1776</v>
       </c>
       <c r="I487" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="488" spans="1:16">
       <c r="A488" t="s">
-        <v>1848</v>
+        <v>1777</v>
       </c>
       <c r="B488" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C488" t="s">
-        <v>1849</v>
+        <v>1778</v>
       </c>
       <c r="D488" t="s">
-        <v>1850</v>
+        <v>1779</v>
       </c>
       <c r="E488" t="s">
-        <v>1851</v>
+        <v>1780</v>
       </c>
       <c r="G488" t="s">
-        <v>1852</v>
+        <v>1776</v>
       </c>
       <c r="H488" t="s">
-        <v>1852</v>
+        <v>1776</v>
       </c>
       <c r="I488" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="489" spans="1:16">
       <c r="A489" t="s">
-        <v>1853</v>
+        <v>1781</v>
       </c>
       <c r="B489" t="s">
-        <v>1735</v>
+        <v>20</v>
       </c>
       <c r="C489" t="s">
-        <v>1854</v>
+        <v>1782</v>
       </c>
       <c r="D489" t="s">
-        <v>1855</v>
+        <v>1783</v>
       </c>
       <c r="E489" t="s">
-        <v>1856</v>
+        <v>1784</v>
       </c>
       <c r="G489" t="s">
-        <v>1857</v>
+        <v>1785</v>
       </c>
       <c r="H489" t="s">
-        <v>1857</v>
+        <v>1785</v>
       </c>
       <c r="I489" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:16">
       <c r="A490" t="s">
-        <v>1858</v>
+        <v>1786</v>
       </c>
       <c r="B490" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C490" t="s">
-        <v>1859</v>
+        <v>1787</v>
       </c>
       <c r="D490" t="s">
-        <v>1860</v>
+        <v>1788</v>
       </c>
       <c r="E490" t="s">
-        <v>1861</v>
+        <v>1789</v>
       </c>
       <c r="G490" t="s">
-        <v>1852</v>
+        <v>1790</v>
       </c>
       <c r="H490" t="s">
-        <v>1852</v>
+        <v>1790</v>
       </c>
       <c r="I490" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="491" spans="1:16">
       <c r="A491" t="s">
-        <v>1862</v>
+        <v>1791</v>
       </c>
       <c r="B491" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C491" t="s">
-        <v>1863</v>
+        <v>1787</v>
       </c>
       <c r="D491" t="s">
-        <v>1864</v>
+        <v>1792</v>
       </c>
       <c r="E491" t="s">
-        <v>1865</v>
+        <v>1793</v>
       </c>
       <c r="G491" t="s">
-        <v>1866</v>
+        <v>1794</v>
       </c>
       <c r="H491" t="s">
-        <v>1866</v>
+        <v>1794</v>
       </c>
       <c r="I491" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="492" spans="1:16">
       <c r="A492" t="s">
-        <v>1867</v>
+        <v>1795</v>
       </c>
       <c r="B492" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C492" t="s">
-        <v>1863</v>
+        <v>1796</v>
       </c>
       <c r="D492" t="s">
-        <v>1868</v>
+        <v>1797</v>
       </c>
       <c r="E492" t="s">
-        <v>1869</v>
+        <v>1798</v>
       </c>
       <c r="G492" t="s">
-        <v>1866</v>
+        <v>1799</v>
       </c>
       <c r="H492" t="s">
-        <v>1866</v>
+        <v>1799</v>
       </c>
       <c r="I492" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:16">
       <c r="A493" t="s">
-        <v>1870</v>
+        <v>1800</v>
       </c>
       <c r="B493" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C493" t="s">
-        <v>1871</v>
+        <v>1801</v>
       </c>
       <c r="D493" t="s">
-        <v>1872</v>
+        <v>1802</v>
       </c>
       <c r="E493" t="s">
-        <v>1873</v>
+        <v>1803</v>
       </c>
       <c r="G493" t="s">
-        <v>1866</v>
+        <v>1804</v>
       </c>
       <c r="H493" t="s">
-        <v>1866</v>
+        <v>1804</v>
       </c>
       <c r="I493" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:16">
       <c r="A494" t="s">
-        <v>1874</v>
+        <v>1805</v>
       </c>
       <c r="B494" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C494" t="s">
-        <v>1875</v>
+        <v>1806</v>
       </c>
       <c r="D494" t="s">
-        <v>1876</v>
+        <v>1807</v>
       </c>
       <c r="E494" t="s">
-        <v>1877</v>
+        <v>1808</v>
       </c>
       <c r="G494" t="s">
-        <v>1866</v>
+        <v>1809</v>
       </c>
       <c r="H494" t="s">
-        <v>1866</v>
+        <v>1809</v>
       </c>
       <c r="I494" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="495" spans="1:16">
       <c r="A495" t="s">
-        <v>1878</v>
+        <v>1810</v>
       </c>
       <c r="B495" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C495" t="s">
-        <v>1879</v>
+        <v>1811</v>
       </c>
       <c r="D495" t="s">
-        <v>1880</v>
+        <v>1812</v>
       </c>
       <c r="E495" t="s">
-        <v>1881</v>
+        <v>1813</v>
       </c>
       <c r="G495" t="s">
-        <v>1882</v>
+        <v>1809</v>
       </c>
       <c r="H495" t="s">
-        <v>1882</v>
+        <v>1809</v>
       </c>
       <c r="I495" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="496" spans="1:16">
       <c r="A496" t="s">
-        <v>1883</v>
+        <v>1814</v>
       </c>
       <c r="B496" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C496" t="s">
-        <v>1884</v>
+        <v>1815</v>
       </c>
       <c r="D496" t="s">
-        <v>1885</v>
+        <v>1816</v>
       </c>
       <c r="E496" t="s">
-        <v>1886</v>
+        <v>1817</v>
       </c>
       <c r="G496" t="s">
-        <v>1882</v>
+        <v>1818</v>
       </c>
       <c r="H496" t="s">
-        <v>1882</v>
+        <v>1818</v>
       </c>
       <c r="I496" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="497" spans="1:16">
       <c r="A497" t="s">
-        <v>1887</v>
+        <v>1819</v>
       </c>
       <c r="B497" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C497" t="s">
-        <v>1888</v>
+        <v>1820</v>
       </c>
       <c r="D497" t="s">
-        <v>1889</v>
+        <v>1821</v>
       </c>
       <c r="E497" t="s">
-        <v>1890</v>
+        <v>1822</v>
       </c>
       <c r="G497" t="s">
-        <v>1882</v>
+        <v>1818</v>
       </c>
       <c r="H497" t="s">
-        <v>1882</v>
+        <v>1818</v>
       </c>
       <c r="I497" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="498" spans="1:16">
       <c r="A498" t="s">
-        <v>1891</v>
+        <v>1823</v>
       </c>
       <c r="B498" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C498" t="s">
-        <v>1892</v>
+        <v>1824</v>
       </c>
       <c r="D498" t="s">
-        <v>1893</v>
+        <v>1825</v>
       </c>
       <c r="E498" t="s">
-        <v>1894</v>
+        <v>1826</v>
       </c>
       <c r="G498" t="s">
-        <v>1882</v>
+        <v>1827</v>
       </c>
       <c r="H498" t="s">
-        <v>1882</v>
+        <v>1827</v>
       </c>
       <c r="I498" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="499" spans="1:16">
       <c r="A499" t="s">
-        <v>1895</v>
+        <v>1828</v>
       </c>
       <c r="B499" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C499" t="s">
-        <v>1896</v>
+        <v>1829</v>
       </c>
       <c r="D499" t="s">
-        <v>1897</v>
+        <v>1830</v>
       </c>
       <c r="E499" t="s">
-        <v>1898</v>
+        <v>1831</v>
       </c>
       <c r="G499" t="s">
-        <v>1899</v>
+        <v>1832</v>
       </c>
       <c r="H499" t="s">
-        <v>1899</v>
+        <v>1832</v>
       </c>
       <c r="I499" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="500" spans="1:16">
       <c r="A500" t="s">
-        <v>1900</v>
+        <v>1833</v>
       </c>
       <c r="B500" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C500" t="s">
-        <v>1901</v>
+        <v>1834</v>
       </c>
       <c r="D500" t="s">
-        <v>1902</v>
+        <v>1835</v>
       </c>
       <c r="E500" t="s">
-        <v>1903</v>
+        <v>1836</v>
       </c>
       <c r="G500" t="s">
-        <v>1899</v>
+        <v>1837</v>
       </c>
       <c r="H500" t="s">
-        <v>1899</v>
+        <v>1837</v>
       </c>
       <c r="I500" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="501" spans="1:16">
       <c r="A501" t="s">
-        <v>1904</v>
+        <v>1838</v>
       </c>
       <c r="B501" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C501" t="s">
-        <v>1905</v>
+        <v>1839</v>
       </c>
       <c r="D501" t="s">
-        <v>1906</v>
+        <v>1840</v>
       </c>
       <c r="E501" t="s">
-        <v>1907</v>
+        <v>1841</v>
       </c>
       <c r="G501" t="s">
-        <v>1899</v>
+        <v>1842</v>
       </c>
       <c r="H501" t="s">
-        <v>1899</v>
+        <v>1842</v>
       </c>
       <c r="I501" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="502" spans="1:16">
       <c r="A502" t="s">
-        <v>1908</v>
+        <v>1843</v>
       </c>
       <c r="B502" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C502" t="s">
-        <v>1909</v>
+        <v>1844</v>
       </c>
       <c r="D502" t="s">
-        <v>1910</v>
+        <v>1845</v>
       </c>
       <c r="E502" t="s">
-        <v>1911</v>
+        <v>1846</v>
       </c>
       <c r="G502" t="s">
-        <v>1899</v>
+        <v>1847</v>
       </c>
       <c r="H502" t="s">
-        <v>1899</v>
+        <v>1847</v>
       </c>
       <c r="I502" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="503" spans="1:16">
       <c r="A503" t="s">
-        <v>1912</v>
+        <v>1848</v>
       </c>
       <c r="B503" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C503" t="s">
-        <v>1913</v>
+        <v>1849</v>
       </c>
       <c r="D503" t="s">
-        <v>1914</v>
+        <v>1850</v>
       </c>
       <c r="E503" t="s">
-        <v>1915</v>
+        <v>1851</v>
       </c>
       <c r="G503" t="s">
-        <v>1916</v>
+        <v>1852</v>
       </c>
       <c r="H503" t="s">
-        <v>1916</v>
+        <v>1852</v>
       </c>
       <c r="I503" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="504" spans="1:16">
       <c r="A504" t="s">
-        <v>1917</v>
+        <v>1853</v>
       </c>
       <c r="B504" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C504" t="s">
-        <v>1918</v>
+        <v>1854</v>
       </c>
       <c r="D504" t="s">
-        <v>1919</v>
+        <v>1855</v>
       </c>
       <c r="E504" t="s">
-        <v>1920</v>
+        <v>1856</v>
       </c>
       <c r="G504" t="s">
-        <v>1921</v>
+        <v>1857</v>
       </c>
       <c r="H504" t="s">
-        <v>1921</v>
+        <v>1857</v>
       </c>
       <c r="I504" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="505" spans="1:16">
       <c r="A505" t="s">
-        <v>1922</v>
+        <v>1858</v>
       </c>
       <c r="B505" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C505" t="s">
-        <v>1923</v>
+        <v>1859</v>
       </c>
       <c r="D505" t="s">
-        <v>1924</v>
+        <v>1860</v>
       </c>
       <c r="E505" t="s">
-        <v>1925</v>
+        <v>1861</v>
       </c>
       <c r="G505" t="s">
-        <v>1921</v>
+        <v>1862</v>
       </c>
       <c r="H505" t="s">
-        <v>1921</v>
+        <v>1862</v>
       </c>
       <c r="I505" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="506" spans="1:16">
       <c r="A506" t="s">
-        <v>1926</v>
+        <v>1863</v>
       </c>
       <c r="B506" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C506" t="s">
-        <v>1927</v>
+        <v>1864</v>
       </c>
       <c r="D506" t="s">
-        <v>1928</v>
+        <v>1865</v>
       </c>
       <c r="E506" t="s">
-        <v>1929</v>
-[...5 lines deleted...]
-        <v>1921</v>
+        <v>386</v>
       </c>
       <c r="I506" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="507" spans="1:16">
       <c r="A507" t="s">
-        <v>1930</v>
+        <v>1866</v>
       </c>
       <c r="B507" t="s">
-        <v>1735</v>
+        <v>20</v>
       </c>
       <c r="C507" t="s">
-        <v>1931</v>
+        <v>1867</v>
       </c>
       <c r="D507" t="s">
-        <v>1932</v>
+        <v>1868</v>
       </c>
       <c r="E507" t="s">
-        <v>1933</v>
+        <v>1869</v>
       </c>
       <c r="G507" t="s">
-        <v>1934</v>
+        <v>1870</v>
       </c>
       <c r="H507" t="s">
-        <v>1934</v>
+        <v>1870</v>
       </c>
       <c r="I507" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="508" spans="1:16">
       <c r="A508" t="s">
-        <v>1935</v>
+        <v>1871</v>
       </c>
       <c r="B508" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C508" t="s">
-        <v>1936</v>
+        <v>1867</v>
       </c>
       <c r="D508" t="s">
-        <v>1937</v>
+        <v>1872</v>
       </c>
       <c r="E508" t="s">
-        <v>1938</v>
+        <v>1873</v>
       </c>
       <c r="G508" t="s">
-        <v>1939</v>
+        <v>1874</v>
       </c>
       <c r="H508" t="s">
-        <v>1939</v>
+        <v>1874</v>
       </c>
       <c r="I508" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="509" spans="1:16">
       <c r="A509" t="s">
-        <v>1940</v>
+        <v>1875</v>
       </c>
       <c r="B509" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C509" t="s">
-        <v>1941</v>
+        <v>1876</v>
       </c>
       <c r="D509" t="s">
-        <v>1942</v>
+        <v>1877</v>
       </c>
       <c r="E509" t="s">
-        <v>1943</v>
+        <v>1878</v>
       </c>
       <c r="G509" t="s">
-        <v>1944</v>
+        <v>1879</v>
       </c>
       <c r="H509" t="s">
-        <v>1944</v>
+        <v>1879</v>
       </c>
       <c r="I509" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:16">
       <c r="A510" t="s">
-        <v>1945</v>
+        <v>1880</v>
       </c>
       <c r="B510" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C510" t="s">
-        <v>1946</v>
+        <v>1881</v>
       </c>
       <c r="D510" t="s">
-        <v>1947</v>
+        <v>1882</v>
       </c>
       <c r="E510" t="s">
-        <v>1948</v>
+        <v>1883</v>
       </c>
       <c r="G510" t="s">
-        <v>1949</v>
+        <v>1884</v>
       </c>
       <c r="H510" t="s">
-        <v>1949</v>
+        <v>1884</v>
       </c>
       <c r="I510" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="511" spans="1:16">
       <c r="A511" t="s">
-        <v>1950</v>
+        <v>1885</v>
       </c>
       <c r="B511" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C511" t="s">
-        <v>1951</v>
+        <v>1886</v>
       </c>
       <c r="D511" t="s">
-        <v>1952</v>
+        <v>1887</v>
       </c>
       <c r="E511" t="s">
-        <v>1953</v>
+        <v>1888</v>
       </c>
       <c r="G511" t="s">
-        <v>1744</v>
+        <v>1889</v>
       </c>
       <c r="H511" t="s">
-        <v>1744</v>
+        <v>1889</v>
       </c>
       <c r="I511" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:16">
       <c r="A512" t="s">
-        <v>1954</v>
+        <v>1890</v>
       </c>
       <c r="B512" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C512" t="s">
-        <v>1955</v>
+        <v>1891</v>
       </c>
       <c r="D512" t="s">
-        <v>1956</v>
+        <v>1892</v>
       </c>
       <c r="E512" t="s">
-        <v>418</v>
+        <v>1893</v>
       </c>
       <c r="G512" t="s">
-        <v>1957</v>
+        <v>1894</v>
       </c>
       <c r="H512" t="s">
-        <v>1957</v>
+        <v>1894</v>
       </c>
       <c r="I512" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="513" spans="1:16">
       <c r="A513" t="s">
-        <v>1958</v>
+        <v>1895</v>
       </c>
       <c r="B513" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C513" t="s">
-        <v>1959</v>
+        <v>1896</v>
       </c>
       <c r="D513" t="s">
-        <v>1960</v>
+        <v>1897</v>
       </c>
       <c r="E513" t="s">
-        <v>1961</v>
+        <v>1898</v>
       </c>
       <c r="G513" t="s">
-        <v>1962</v>
+        <v>1899</v>
       </c>
       <c r="H513" t="s">
-        <v>1962</v>
+        <v>1899</v>
       </c>
       <c r="I513" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="514" spans="1:16">
       <c r="A514" t="s">
-        <v>1963</v>
+        <v>1900</v>
       </c>
       <c r="B514" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C514" t="s">
-        <v>1964</v>
+        <v>1901</v>
       </c>
       <c r="D514" t="s">
-        <v>1965</v>
+        <v>1902</v>
       </c>
       <c r="E514" t="s">
-        <v>1966</v>
+        <v>1903</v>
       </c>
       <c r="G514" t="s">
-        <v>1967</v>
+        <v>1904</v>
       </c>
       <c r="H514" t="s">
-        <v>1967</v>
+        <v>1904</v>
       </c>
       <c r="I514" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:16">
       <c r="A515" t="s">
-        <v>1968</v>
+        <v>1905</v>
       </c>
       <c r="B515" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C515" t="s">
-        <v>1969</v>
+        <v>1906</v>
       </c>
       <c r="D515" t="s">
-        <v>1970</v>
+        <v>1907</v>
       </c>
       <c r="E515" t="s">
-        <v>1971</v>
+        <v>1908</v>
       </c>
       <c r="G515" t="s">
-        <v>1972</v>
+        <v>1909</v>
       </c>
       <c r="H515" t="s">
-        <v>1972</v>
+        <v>1909</v>
       </c>
       <c r="I515" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="516" spans="1:16">
       <c r="A516" t="s">
-        <v>1973</v>
+        <v>1910</v>
       </c>
       <c r="B516" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C516" t="s">
-        <v>1974</v>
+        <v>1911</v>
       </c>
       <c r="D516" t="s">
-        <v>1975</v>
+        <v>1912</v>
       </c>
       <c r="E516" t="s">
-        <v>1976</v>
+        <v>1913</v>
       </c>
       <c r="G516" t="s">
-        <v>1972</v>
+        <v>1914</v>
       </c>
       <c r="H516" t="s">
-        <v>1972</v>
+        <v>1914</v>
       </c>
       <c r="I516" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:16">
       <c r="A517" t="s">
-        <v>1977</v>
+        <v>1915</v>
       </c>
       <c r="B517" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C517" t="s">
-        <v>1978</v>
+        <v>1916</v>
       </c>
       <c r="D517" t="s">
-        <v>1979</v>
+        <v>1917</v>
       </c>
       <c r="E517" t="s">
-        <v>1980</v>
+        <v>1918</v>
       </c>
       <c r="G517" t="s">
-        <v>1981</v>
+        <v>1919</v>
       </c>
       <c r="H517" t="s">
-        <v>1981</v>
+        <v>1919</v>
       </c>
       <c r="I517" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="518" spans="1:16">
       <c r="A518" t="s">
-        <v>1982</v>
+        <v>1920</v>
       </c>
       <c r="B518" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C518" t="s">
-        <v>1983</v>
+        <v>1921</v>
       </c>
       <c r="D518" t="s">
-        <v>1984</v>
+        <v>1922</v>
       </c>
       <c r="E518" t="s">
-        <v>1985</v>
+        <v>1923</v>
       </c>
       <c r="G518" t="s">
-        <v>1981</v>
+        <v>1924</v>
       </c>
       <c r="H518" t="s">
-        <v>1981</v>
+        <v>1924</v>
       </c>
       <c r="I518" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="519" spans="1:16">
       <c r="A519" t="s">
-        <v>1986</v>
+        <v>1925</v>
       </c>
       <c r="B519" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="C519" t="s">
-        <v>1987</v>
+        <v>1926</v>
       </c>
       <c r="D519" t="s">
-        <v>1988</v>
+        <v>1927</v>
       </c>
       <c r="E519" t="s">
-        <v>1989</v>
+        <v>1928</v>
       </c>
       <c r="G519" t="s">
-        <v>1990</v>
+        <v>1929</v>
       </c>
       <c r="H519" t="s">
-        <v>1990</v>
+        <v>1929</v>
       </c>
       <c r="I519" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="520" spans="1:16">
       <c r="A520" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B520" t="s">
+        <v>379</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E520" t="s">
+        <v>267</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I520" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="521" spans="1:16">
+      <c r="A521" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B521" t="s">
+        <v>20</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1937</v>
+      </c>
+      <c r="G521" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I521" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="522" spans="1:16">
+      <c r="A522" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B522" t="s">
+        <v>20</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G522" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1943</v>
+      </c>
+      <c r="I522" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="523" spans="1:16">
+      <c r="A523" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B523" t="s">
+        <v>20</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1947</v>
+      </c>
+      <c r="G523" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1948</v>
+      </c>
+      <c r="I523" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="524" spans="1:16">
+      <c r="A524" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B524" t="s">
+        <v>20</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1952</v>
+      </c>
+      <c r="G524" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1852</v>
+      </c>
+      <c r="I524" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="525" spans="1:16">
+      <c r="A525" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B525" t="s">
+        <v>20</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1956</v>
+      </c>
+      <c r="G525" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I525" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="526" spans="1:16">
+      <c r="A526" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B526" t="s">
+        <v>20</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G526" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1852</v>
+      </c>
+      <c r="I526" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="527" spans="1:16">
+      <c r="A527" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B527" t="s">
+        <v>14</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1965</v>
+      </c>
+      <c r="G527" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1966</v>
+      </c>
+      <c r="I527" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="528" spans="1:16">
+      <c r="A528" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B528" t="s">
+        <v>20</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1970</v>
+      </c>
+      <c r="G528" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I528" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="529" spans="1:16">
+      <c r="A529" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B529" t="s">
+        <v>20</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1975</v>
+      </c>
+      <c r="G529" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I529" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="530" spans="1:16">
+      <c r="A530" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B530" t="s">
+        <v>20</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1979</v>
+      </c>
+      <c r="G530" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1980</v>
+      </c>
+      <c r="I530" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="531" spans="1:16">
+      <c r="A531" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B531" t="s">
+        <v>20</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1984</v>
+      </c>
+      <c r="G531" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I531" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="532" spans="1:16">
+      <c r="A532" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B532" t="s">
+        <v>20</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1989</v>
+      </c>
+      <c r="G532" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I532" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="533" spans="1:16">
+      <c r="A533" t="s">
         <v>1991</v>
       </c>
-      <c r="B520" t="s">
-[...2 lines deleted...]
-      <c r="C520" t="s">
+      <c r="B533" t="s">
+        <v>20</v>
+      </c>
+      <c r="C533" t="s">
         <v>1992</v>
       </c>
-      <c r="D520" t="s">
+      <c r="D533" t="s">
         <v>1993</v>
       </c>
-      <c r="E520" t="s">
+      <c r="E533" t="s">
         <v>1994</v>
       </c>
-      <c r="G520" t="s">
-[...5 lines deleted...]
-      <c r="I520" t="s">
+      <c r="G533" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I533" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="534" spans="1:16">
+      <c r="A534" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B534" t="s">
+        <v>20</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G534" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H534" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I534" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="535" spans="1:16">
+      <c r="A535" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B535" t="s">
+        <v>20</v>
+      </c>
+      <c r="C535" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D535" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E535" t="s">
+        <v>2004</v>
+      </c>
+      <c r="G535" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H535" t="s">
+        <v>2005</v>
+      </c>
+      <c r="I535" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="536" spans="1:16">
+      <c r="A536" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B536" t="s">
+        <v>20</v>
+      </c>
+      <c r="C536" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D536" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E536" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G536" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H536" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I536" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="537" spans="1:16">
+      <c r="A537" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B537" t="s">
+        <v>20</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D537" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E537" t="s">
+        <v>2014</v>
+      </c>
+      <c r="G537" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I537" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="538" spans="1:16">
+      <c r="A538" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B538" t="s">
+        <v>20</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D538" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E538" t="s">
+        <v>2019</v>
+      </c>
+      <c r="G538" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I538" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="539" spans="1:16">
+      <c r="A539" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B539" t="s">
+        <v>20</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D539" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E539" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G539" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I539" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="540" spans="1:16">
+      <c r="A540" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B540" t="s">
+        <v>20</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D540" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E540" t="s">
+        <v>2028</v>
+      </c>
+      <c r="G540" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I540" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="541" spans="1:16">
+      <c r="A541" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B541" t="s">
+        <v>20</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D541" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E541" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G541" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I541" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="542" spans="1:16">
+      <c r="A542" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B542" t="s">
+        <v>20</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D542" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E542" t="s">
+        <v>2038</v>
+      </c>
+      <c r="G542" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I542" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="543" spans="1:16">
+      <c r="A543" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B543" t="s">
+        <v>20</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D543" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E543" t="s">
+        <v>2043</v>
+      </c>
+      <c r="G543" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I543" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="544" spans="1:16">
+      <c r="A544" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B544" t="s">
+        <v>20</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D544" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G544" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2048</v>
+      </c>
+      <c r="I544" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="545" spans="1:16">
+      <c r="A545" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B545" t="s">
+        <v>20</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D545" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E545" t="s">
+        <v>2052</v>
+      </c>
+      <c r="G545" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I545" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="546" spans="1:16">
+      <c r="A546" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B546" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D546" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E546" t="s">
+        <v>2058</v>
+      </c>
+      <c r="G546" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H546" t="s">
+        <v>2059</v>
+      </c>
+      <c r="I546" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="547" spans="1:16">
+      <c r="A547" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B547" t="s">
+        <v>14</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D547" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E547" t="s">
+        <v>2063</v>
+      </c>
+      <c r="G547" t="s">
+        <v>2064</v>
+      </c>
+      <c r="H547" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I547" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="548" spans="1:16">
+      <c r="A548" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B548" t="s">
+        <v>14</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D548" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E548" t="s">
+        <v>2068</v>
+      </c>
+      <c r="G548" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H548" t="s">
+        <v>2069</v>
+      </c>
+      <c r="I548" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="549" spans="1:16">
+      <c r="A549" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B549" t="s">
+        <v>14</v>
+      </c>
+      <c r="C549" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D549" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E549" t="s">
+        <v>2073</v>
+      </c>
+      <c r="G549" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H549" t="s">
+        <v>2074</v>
+      </c>
+      <c r="I549" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="550" spans="1:16">
+      <c r="A550" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B550" t="s">
+        <v>14</v>
+      </c>
+      <c r="C550" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D550" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E550" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G550" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H550" t="s">
+        <v>2074</v>
+      </c>
+      <c r="I550" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="551" spans="1:16">
+      <c r="A551" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B551" t="s">
+        <v>14</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D551" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E551" t="s">
+        <v>2082</v>
+      </c>
+      <c r="G551" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H551" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I551" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="552" spans="1:16">
+      <c r="A552" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B552" t="s">
+        <v>14</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D552" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E552" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G552" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H552" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I552" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="553" spans="1:16">
+      <c r="A553" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B553" t="s">
+        <v>14</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D553" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E553" t="s">
+        <v>2091</v>
+      </c>
+      <c r="G553" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H553" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I553" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="554" spans="1:16">
+      <c r="A554" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B554" t="s">
+        <v>14</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D554" t="s">
+        <v>2094</v>
+      </c>
+      <c r="E554" t="s">
+        <v>2095</v>
+      </c>
+      <c r="G554" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H554" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I554" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="555" spans="1:16">
+      <c r="A555" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B555" t="s">
+        <v>14</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D555" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E555" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G555" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H555" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I555" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="556" spans="1:16">
+      <c r="A556" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B556" t="s">
+        <v>14</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D556" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E556" t="s">
+        <v>2103</v>
+      </c>
+      <c r="G556" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H556" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I556" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="557" spans="1:16">
+      <c r="A557" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B557" t="s">
+        <v>14</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D557" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E557" t="s">
+        <v>2107</v>
+      </c>
+      <c r="G557" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H557" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I557" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="558" spans="1:16">
+      <c r="A558" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B558" t="s">
+        <v>14</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D558" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E558" t="s">
+        <v>2111</v>
+      </c>
+      <c r="G558" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H558" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I558" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="559" spans="1:16">
+      <c r="A559" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B559" t="s">
+        <v>14</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D559" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E559" t="s">
+        <v>2116</v>
+      </c>
+      <c r="G559" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H559" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I559" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="560" spans="1:16">
+      <c r="A560" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B560" t="s">
+        <v>14</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D560" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E560" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G560" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H560" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I560" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16">
+      <c r="A561" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B561" t="s">
+        <v>14</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D561" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E561" t="s">
+        <v>2125</v>
+      </c>
+      <c r="G561" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I561" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="562" spans="1:16">
+      <c r="A562" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B562" t="s">
+        <v>14</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D562" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E562" t="s">
+        <v>2129</v>
+      </c>
+      <c r="G562" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I562" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="563" spans="1:16">
+      <c r="A563" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B563" t="s">
+        <v>14</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D563" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E563" t="s">
+        <v>2133</v>
+      </c>
+      <c r="G563" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I563" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16">
+      <c r="A564" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B564" t="s">
+        <v>14</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D564" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E564" t="s">
+        <v>2137</v>
+      </c>
+      <c r="G564" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H564" t="s">
+        <v>2138</v>
+      </c>
+      <c r="I564" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="565" spans="1:16">
+      <c r="A565" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B565" t="s">
+        <v>14</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D565" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E565" t="s">
+        <v>2142</v>
+      </c>
+      <c r="G565" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H565" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I565" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="566" spans="1:16">
+      <c r="A566" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B566" t="s">
+        <v>14</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D566" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E566" t="s">
+        <v>2146</v>
+      </c>
+      <c r="G566" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2147</v>
+      </c>
+      <c r="I566" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="567" spans="1:16">
+      <c r="A567" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B567" t="s">
+        <v>14</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D567" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E567" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G567" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H567" t="s">
+        <v>2152</v>
+      </c>
+      <c r="I567" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="568" spans="1:16">
+      <c r="A568" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B568" t="s">
+        <v>14</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D568" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E568" t="s">
+        <v>2156</v>
+      </c>
+      <c r="G568" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H568" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I568" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="569" spans="1:16">
+      <c r="A569" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B569" t="s">
+        <v>14</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D569" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E569" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G569" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I569" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="570" spans="1:16">
+      <c r="A570" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B570" t="s">
+        <v>14</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D570" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E570" t="s">
+        <v>2166</v>
+      </c>
+      <c r="G570" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H570" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I570" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="571" spans="1:16">
+      <c r="A571" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B571" t="s">
+        <v>14</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D571" t="s">
+        <v>2170</v>
+      </c>
+      <c r="E571" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G571" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I571" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="572" spans="1:16">
+      <c r="A572" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B572" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D572" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E572" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G572" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I572" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="573" spans="1:16">
+      <c r="A573" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B573" t="s">
+        <v>14</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D573" t="s">
+        <v>2180</v>
+      </c>
+      <c r="E573" t="s">
+        <v>2181</v>
+      </c>
+      <c r="G573" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I573" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="574" spans="1:16">
+      <c r="A574" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B574" t="s">
+        <v>14</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D574" t="s">
+        <v>2184</v>
+      </c>
+      <c r="E574" t="s">
+        <v>2185</v>
+      </c>
+      <c r="G574" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I574" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="575" spans="1:16">
+      <c r="A575" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B575" t="s">
+        <v>14</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D575" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E575" t="s">
+        <v>2189</v>
+      </c>
+      <c r="G575" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I575" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="576" spans="1:16">
+      <c r="A576" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B576" t="s">
+        <v>14</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D576" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E576" t="s">
+        <v>2193</v>
+      </c>
+      <c r="G576" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I576" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="577" spans="1:16">
+      <c r="A577" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B577" t="s">
+        <v>14</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D577" t="s">
+        <v>2196</v>
+      </c>
+      <c r="E577" t="s">
+        <v>2197</v>
+      </c>
+      <c r="G577" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I577" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16">
+      <c r="A578" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B578" t="s">
+        <v>14</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D578" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E578" t="s">
+        <v>2201</v>
+      </c>
+      <c r="G578" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I578" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="579" spans="1:16">
+      <c r="A579" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B579" t="s">
+        <v>14</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D579" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E579" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G579" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I579" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="580" spans="1:16">
+      <c r="A580" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B580" t="s">
+        <v>14</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D580" t="s">
+        <v>2209</v>
+      </c>
+      <c r="E580" t="s">
+        <v>2210</v>
+      </c>
+      <c r="G580" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I580" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="581" spans="1:16">
+      <c r="A581" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B581" t="s">
+        <v>14</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D581" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E581" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G581" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I581" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16">
+      <c r="A582" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B582" t="s">
+        <v>14</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D582" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E582" t="s">
+        <v>2218</v>
+      </c>
+      <c r="G582" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I582" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="583" spans="1:16">
+      <c r="A583" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B583" t="s">
+        <v>14</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D583" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E583" t="s">
+        <v>2223</v>
+      </c>
+      <c r="G583" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I583" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="584" spans="1:16">
+      <c r="A584" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B584" t="s">
+        <v>14</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D584" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E584" t="s">
+        <v>2227</v>
+      </c>
+      <c r="G584" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I584" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="585" spans="1:16">
+      <c r="A585" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B585" t="s">
+        <v>14</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D585" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E585" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G585" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I585" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="586" spans="1:16">
+      <c r="A586" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B586" t="s">
+        <v>14</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D586" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E586" t="s">
+        <v>2235</v>
+      </c>
+      <c r="G586" t="s">
+        <v>2236</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I586" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="587" spans="1:16">
+      <c r="A587" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B587" t="s">
+        <v>14</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D587" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E587" t="s">
+        <v>2240</v>
+      </c>
+      <c r="G587" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I587" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="588" spans="1:16">
+      <c r="A588" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B588" t="s">
+        <v>14</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D588" t="s">
+        <v>2244</v>
+      </c>
+      <c r="E588" t="s">
+        <v>2245</v>
+      </c>
+      <c r="G588" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I588" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="589" spans="1:16">
+      <c r="A589" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B589" t="s">
+        <v>14</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D589" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E589" t="s">
+        <v>2249</v>
+      </c>
+      <c r="G589" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I589" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="590" spans="1:16">
+      <c r="A590" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B590" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D590" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E590" t="s">
+        <v>2253</v>
+      </c>
+      <c r="G590" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I590" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16">
+      <c r="A591" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B591" t="s">
+        <v>14</v>
+      </c>
+      <c r="C591" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D591" t="s">
+        <v>2257</v>
+      </c>
+      <c r="E591" t="s">
+        <v>2258</v>
+      </c>
+      <c r="G591" t="s">
+        <v>2259</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I591" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="592" spans="1:16">
+      <c r="A592" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B592" t="s">
+        <v>14</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D592" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E592" t="s">
+        <v>2263</v>
+      </c>
+      <c r="G592" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I592" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="593" spans="1:16">
+      <c r="A593" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B593" t="s">
+        <v>14</v>
+      </c>
+      <c r="C593" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D593" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E593" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G593" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2269</v>
+      </c>
+      <c r="I593" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16">
+      <c r="A594" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B594" t="s">
+        <v>14</v>
+      </c>
+      <c r="C594" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D594" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E594" t="s">
+        <v>2273</v>
+      </c>
+      <c r="G594" t="s">
+        <v>2064</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I594" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="595" spans="1:16">
+      <c r="A595" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B595" t="s">
+        <v>379</v>
+      </c>
+      <c r="C595" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D595" t="s">
+        <v>2276</v>
+      </c>
+      <c r="E595" t="s">
+        <v>741</v>
+      </c>
+      <c r="G595" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I595" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="596" spans="1:16">
+      <c r="A596" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B596" t="s">
+        <v>14</v>
+      </c>
+      <c r="C596" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D596" t="s">
+        <v>2280</v>
+      </c>
+      <c r="E596" t="s">
+        <v>2281</v>
+      </c>
+      <c r="G596" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I596" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16">
+      <c r="A597" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B597" t="s">
+        <v>14</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D597" t="s">
+        <v>2285</v>
+      </c>
+      <c r="E597" t="s">
+        <v>2286</v>
+      </c>
+      <c r="G597" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I597" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="598" spans="1:16">
+      <c r="A598" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B598" t="s">
+        <v>14</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D598" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E598" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G598" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I598" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="599" spans="1:16">
+      <c r="A599" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B599" t="s">
+        <v>14</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D599" t="s">
+        <v>2295</v>
+      </c>
+      <c r="E599" t="s">
+        <v>2296</v>
+      </c>
+      <c r="G599" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I599" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16">
+      <c r="A600" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B600" t="s">
+        <v>14</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D600" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E600" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G600" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I600" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="601" spans="1:16">
+      <c r="A601" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B601" t="s">
+        <v>14</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D601" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E601" t="s">
+        <v>2305</v>
+      </c>
+      <c r="G601" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I601" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="602" spans="1:16">
+      <c r="A602" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B602" t="s">
+        <v>14</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D602" t="s">
+        <v>2308</v>
+      </c>
+      <c r="E602" t="s">
+        <v>2309</v>
+      </c>
+      <c r="G602" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I602" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="603" spans="1:16">
+      <c r="A603" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B603" t="s">
+        <v>14</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D603" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E603" t="s">
+        <v>2314</v>
+      </c>
+      <c r="G603" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2059</v>
+      </c>
+      <c r="I603" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>