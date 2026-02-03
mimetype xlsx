--- v0 (2025-12-20)
+++ v1 (2026-02-03)
@@ -12,104 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>categoria_nome</t>
   </si>
   <si>
     <t>titulo</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>inicio</t>
   </si>
   <si>
     <t>fim</t>
   </si>
   <si>
     <t>arquivo_nome</t>
   </si>
   <si>
     <t>arquivo_categoria_nome</t>
   </si>
   <si>
     <t>arquivo_download</t>
   </si>
   <si>
     <t>arquivo_sha1</t>
   </si>
   <si>
     <t>arquivo_md5</t>
   </si>
   <si>
+    <t>d9833969-b29f-41e5-85b2-208c1ba6ea22</t>
+  </si>
+  <si>
+    <t>Processo Seletivo</t>
+  </si>
+  <si>
+    <t>EDITAL 001/2026 PROCESSO SELETIVO SIMPLIFICADO FMAS</t>
+  </si>
+  <si>
+    <t>https://gracchocardoso.se.gov.br/transparencia/recursoshumanos/concurso/edital-001-2026-processo-seletivo-simplificado-fmas/d9833969-b29f-41e5-85b2-208c1ba6ea22</t>
+  </si>
+  <si>
+    <t>29/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
     <t>92979709-39f7-4844-97f9-68b00fce030d</t>
   </si>
   <si>
-    <t>Processo Seletivo</t>
-[...1 lines deleted...]
-  <si>
     <t>EDITAL N° 001/2025/FMAS/BOLSISTAS</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/recursoshumanos/concurso/edital-n0-001-2025-fmas-bolsistas/92979709-39f7-4844-97f9-68b00fce030d</t>
   </si>
   <si>
     <t>31/01/2025 00:00:00</t>
   </si>
   <si>
     <t>04/02/2025 00:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t>N</t>
   </si>
   <si>
     <t>717f97b5-82a6-4ea8-bd79-0b33915831f5</t>
   </si>
   <si>
     <t>Concurso</t>
   </si>
   <si>
     <t>Concurso Público n° 001/2018</t>
   </si>
   <si>
     <t>https://gracchocardoso.se.gov.br/transparencia/recursoshumanos/concurso/concurso-publico-n0-001-2018/717f97b5-82a6-4ea8-bd79-0b33915831f5</t>
   </si>
   <si>
     <t>23/11/2018 00:00:00</t>
   </si>
   <si>
     <t>15/04/2019 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -431,51 +446,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -502,65 +517,88 @@
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="F2" t="s">
         <v>16</v>
       </c>
       <c r="G2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>22</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14">
+      <c r="A4" t="s">
         <v>23</v>
       </c>
-      <c r="G3" t="s">
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>